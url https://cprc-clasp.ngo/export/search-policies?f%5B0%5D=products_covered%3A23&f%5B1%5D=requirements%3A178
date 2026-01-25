--- v0 (2025-10-15)
+++ v1 (2026-01-25)
@@ -12,368 +12,437 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -637,693 +706,774 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4"/>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>98</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>98</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L14" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...490 lines deleted...]
-      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>