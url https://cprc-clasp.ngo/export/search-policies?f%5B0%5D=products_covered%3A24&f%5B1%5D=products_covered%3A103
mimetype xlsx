--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,293 +12,349 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -562,489 +618,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="131" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>32</v>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...32 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...52 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...152 lines deleted...]
-        <v>65</v>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>