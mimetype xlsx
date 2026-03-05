--- v1 (2025-11-27)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -247,50 +247,53 @@
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
@@ -632,51 +635,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1006,122 +1009,122 @@
       </c>
       <c r="P7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>72</v>
       </c>
       <c r="B8" t="s">
         <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>74</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>75</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>75</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">