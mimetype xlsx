--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -12,267 +12,311 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -536,409 +580,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...205 lines deleted...]
-        <v>57</v>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>