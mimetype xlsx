--- v1 (2025-12-13)
+++ v2 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,90 +80,93 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
+  </si>
+  <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>EV Charging Stations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...37 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
   </si>
   <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
@@ -724,274 +727,274 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2020</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">