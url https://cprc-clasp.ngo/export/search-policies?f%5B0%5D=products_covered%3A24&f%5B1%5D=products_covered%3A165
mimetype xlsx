--- v0 (2025-10-12)
+++ v1 (2026-03-01)
@@ -12,252 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -521,323 +553,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...116 lines deleted...]
-        <v>48</v>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>