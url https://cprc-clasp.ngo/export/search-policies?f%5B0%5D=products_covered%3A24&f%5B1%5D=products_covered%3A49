--- v0 (2025-11-26)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,75 +104,106 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
     <t>Apply to electric vehicle A.C charging system</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
   </si>
   <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
@@ -610,74 +641,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -750,320 +781,368 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="F3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H3">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
         <v>37</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>43</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>44</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>45</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H4">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I5">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="H7">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D8" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="H8">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">