--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,291 +12,347 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -560,487 +616,544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2003</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>1983</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...176 lines deleted...]
-      <c r="C8" t="s">
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D8" t="s">
-[...70 lines deleted...]
-        <v>63</v>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>