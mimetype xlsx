--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,874 +12,1210 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1143,2557 +1479,2906 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I14">
+        <v>2023</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1994</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>77</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>155</v>
+      </c>
+      <c r="M22" t="s">
+        <v>156</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>77</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>156</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>77</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>156</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>175</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F27" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>77</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>57</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>191</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>77</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29">
+        <v>1987</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>77</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>192</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1999</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>202</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>203</v>
+      </c>
+      <c r="M30" t="s">
+        <v>204</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>136</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>209</v>
+      </c>
+      <c r="M31" t="s">
+        <v>138</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>136</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>138</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>136</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" t="s">
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>136</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>138</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>223</v>
+      </c>
+      <c r="P34" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>225</v>
+      </c>
+      <c r="B35" t="s">
+        <v>226</v>
+      </c>
+      <c r="C35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>218</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>227</v>
+      </c>
+      <c r="P35" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>229</v>
+      </c>
+      <c r="B36" t="s">
+        <v>230</v>
+      </c>
+      <c r="C36" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" t="s">
+        <v>99</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>136</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>231</v>
+      </c>
+      <c r="P36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>233</v>
+      </c>
+      <c r="B37" t="s">
+        <v>234</v>
+      </c>
+      <c r="C37" t="s">
+        <v>235</v>
+      </c>
+      <c r="D37" t="s">
+        <v>236</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>237</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>239</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>244</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>45</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>237</v>
+      </c>
+      <c r="K38" t="s">
+        <v>47</v>
+      </c>
+      <c r="L38" t="s">
+        <v>245</v>
+      </c>
+      <c r="M38" t="s">
+        <v>239</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>235</v>
+      </c>
+      <c r="D39" t="s">
+        <v>250</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>237</v>
+      </c>
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>239</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>128</v>
+      </c>
+      <c r="D40" t="s">
+        <v>99</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>129</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>130</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>42</v>
+      </c>
+      <c r="D41" t="s">
+        <v>260</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>261</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41" t="s">
+        <v>262</v>
+      </c>
+      <c r="M41" t="s">
+        <v>49</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>263</v>
+      </c>
+      <c r="P41" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>265</v>
+      </c>
+      <c r="B42" t="s">
+        <v>266</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42">
+        <v>2022</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>267</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>124</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>45</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>136</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>273</v>
+      </c>
+      <c r="M43" t="s">
+        <v>274</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>275</v>
+      </c>
+      <c r="P43" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>277</v>
+      </c>
+      <c r="B44" t="s">
+        <v>278</v>
+      </c>
+      <c r="C44" t="s">
+        <v>128</v>
+      </c>
+      <c r="D44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>122</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>129</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>130</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>235</v>
+      </c>
+      <c r="D45" t="s">
+        <v>99</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>283</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>284</v>
+      </c>
+      <c r="K45" t="s">
+        <v>47</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>239</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>287</v>
+      </c>
+      <c r="B46" t="s">
+        <v>288</v>
+      </c>
+      <c r="C46" t="s">
+        <v>235</v>
+      </c>
+      <c r="D46" t="s">
+        <v>289</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>283</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>237</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>239</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>290</v>
+      </c>
+      <c r="P46" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>292</v>
+      </c>
+      <c r="B47" t="s">
+        <v>292</v>
+      </c>
+      <c r="C47" t="s">
+        <v>293</v>
+      </c>
+      <c r="D47" t="s">
+        <v>294</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>295</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>296</v>
+      </c>
+      <c r="M47" t="s">
+        <v>297</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>293</v>
+      </c>
+      <c r="D48" t="s">
+        <v>302</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>295</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48" t="s">
+        <v>303</v>
+      </c>
+      <c r="M48" t="s">
+        <v>297</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>306</v>
+      </c>
+      <c r="B49" t="s">
+        <v>307</v>
+      </c>
+      <c r="C49" t="s">
+        <v>308</v>
+      </c>
+      <c r="D49" t="s">
+        <v>309</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>310</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2017</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>115</v>
+      </c>
+      <c r="K49" t="s">
+        <v>311</v>
+      </c>
+      <c r="L49" t="s">
+        <v>312</v>
+      </c>
+      <c r="M49" t="s">
+        <v>313</v>
+      </c>
+      <c r="N49" t="s">
+        <v>314</v>
+      </c>
+      <c r="O49" t="s">
+        <v>315</v>
+      </c>
+      <c r="P49" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>317</v>
+      </c>
+      <c r="B50" t="s">
+        <v>318</v>
+      </c>
+      <c r="C50" t="s">
+        <v>319</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H50">
+        <v>2011</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4">
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>320</v>
+      </c>
+      <c r="M50" t="s">
+        <v>321</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>322</v>
+      </c>
+      <c r="P50" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>324</v>
+      </c>
+      <c r="B51" t="s">
+        <v>324</v>
+      </c>
+      <c r="C51" t="s">
+        <v>325</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>310</v>
+      </c>
+      <c r="G51" t="s">
+        <v>45</v>
+      </c>
+      <c r="H51">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...15 lines deleted...]
-      <c r="N4" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>115</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>326</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>327</v>
+      </c>
+      <c r="P51" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>329</v>
+      </c>
+      <c r="B52" t="s">
+        <v>330</v>
+      </c>
+      <c r="C52" t="s">
+        <v>308</v>
+      </c>
+      <c r="D52" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
+      <c r="G52" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>331</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>313</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>332</v>
+      </c>
+      <c r="P52" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" t="s">
+        <v>335</v>
+      </c>
+      <c r="C53" t="s">
+        <v>105</v>
+      </c>
+      <c r="D53" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
+      <c r="J53" t="s">
+        <v>108</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>336</v>
+      </c>
+      <c r="M53" t="s">
+        <v>109</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>339</v>
+      </c>
+      <c r="B54" t="s">
+        <v>340</v>
+      </c>
+      <c r="C54" t="s">
+        <v>105</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>108</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>336</v>
+      </c>
+      <c r="M54" t="s">
+        <v>109</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>341</v>
+      </c>
+      <c r="P54" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>343</v>
+      </c>
+      <c r="B55" t="s">
+        <v>344</v>
+      </c>
+      <c r="C55" t="s">
+        <v>235</v>
+      </c>
+      <c r="D55" t="s">
+        <v>99</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>45</v>
+      </c>
+      <c r="H55">
+        <v>1997</v>
+      </c>
+      <c r="I55">
+        <v>2011</v>
+      </c>
+      <c r="J55" t="s">
+        <v>284</v>
+      </c>
+      <c r="K55" t="s">
+        <v>47</v>
+      </c>
+      <c r="L55" t="s">
+        <v>345</v>
+      </c>
+      <c r="M55" t="s">
+        <v>346</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>347</v>
+      </c>
+      <c r="P55" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>349</v>
+      </c>
+      <c r="B56" t="s">
+        <v>350</v>
+      </c>
+      <c r="C56" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1997</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>351</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>352</v>
+      </c>
+      <c r="M56" t="s">
+        <v>346</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>353</v>
+      </c>
+      <c r="P56" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B57" t="s">
+        <v>356</v>
+      </c>
+      <c r="C57" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" t="s">
+        <v>302</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
         <v>2012</v>
       </c>
-      <c r="H5">
-[...5 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>284</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57" t="s">
+        <v>357</v>
+      </c>
+      <c r="M57" t="s">
+        <v>346</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>358</v>
+      </c>
+      <c r="P57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" t="s">
+        <v>361</v>
+      </c>
+      <c r="C58" t="s">
+        <v>362</v>
+      </c>
+      <c r="D58" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...285 lines deleted...]
-      <c r="G12">
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2004</v>
+      </c>
+      <c r="I58">
         <v>2020</v>
       </c>
-      <c r="H12"/>
-[...1477 lines deleted...]
-      <c r="L47" t="s">
+      <c r="J58" t="s">
+        <v>331</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
         <v>209</v>
       </c>
-      <c r="M47" t="s">
-[...468 lines deleted...]
-      </c>
       <c r="M58" t="s">
-        <v>23</v>
+        <v>363</v>
       </c>
       <c r="N58" t="s">
-        <v>255</v>
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>364</v>
+      </c>
+      <c r="P58" t="s">
+        <v>365</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>