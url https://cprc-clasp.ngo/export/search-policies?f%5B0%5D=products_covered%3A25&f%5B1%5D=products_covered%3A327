--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -2543,54 +2543,54 @@
       </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>202</v>
       </c>
       <c r="B29" t="s">
         <v>203</v>
       </c>
       <c r="C29" t="s">
         <v>204</v>
       </c>
       <c r="D29" t="s">
         <v>205</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
-      <c r="H29">
+      <c r="H29"/>
+      <c r="I29">
         <v>2024</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
         <v>206</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>207</v>
       </c>
       <c r="N29" t="s">
         <v>38</v>
       </c>
       <c r="O29" t="s">
         <v>208</v>
       </c>
       <c r="P29" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>210</v>
       </c>
       <c r="B30" t="s">