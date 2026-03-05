--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -479,69 +479,69 @@
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
     <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
@@ -1990,51 +1990,51 @@
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>155</v>
       </c>
       <c r="B21" t="s">
         <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>157</v>
       </c>
       <c r="D21" t="s">
         <v>158</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>159</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>160</v>
       </c>
       <c r="N21" t="s">
         <v>40</v>
       </c>
       <c r="O21" t="s">
         <v>161</v>
       </c>
       <c r="P21" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>163</v>