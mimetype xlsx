--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,538 +12,703 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -807,1285 +972,1454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>62</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>62</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>127</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>125</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>83</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>74</v>
+      </c>
+      <c r="G22" t="s">
+        <v>75</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>82</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>83</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>123</v>
+      </c>
+      <c r="D23" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>159</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>127</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
+        <v>165</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>167</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" t="s">
+        <v>176</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>62</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>184</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>186</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" t="s">
+        <v>55</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1997</v>
+      </c>
+      <c r="I27">
         <v>2011</v>
       </c>
-      <c r="H3">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J27" t="s">
+        <v>160</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...998 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>142</v>
+        <v>191</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N27" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>144</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2012</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="K28" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N28" t="s">
-        <v>146</v>
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>