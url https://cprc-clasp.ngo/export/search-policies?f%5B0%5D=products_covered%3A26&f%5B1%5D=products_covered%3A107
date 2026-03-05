--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,887 +12,1228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="378">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1156,2431 +1497,2764 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>77</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" t="s">
+        <v>102</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>77</v>
+      </c>
+      <c r="G14" t="s">
+        <v>108</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>77</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>85</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" t="s">
+        <v>128</v>
+      </c>
+      <c r="F17" t="s">
+        <v>129</v>
+      </c>
+      <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>109</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>130</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G19" t="s">
+        <v>144</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>109</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>153</v>
+      </c>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>129</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>109</v>
+      </c>
+      <c r="K21" t="s">
+        <v>161</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>168</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>129</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>77</v>
+      </c>
+      <c r="G23" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>76</v>
+      </c>
+      <c r="F24" t="s">
+        <v>77</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>85</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>182</v>
+      </c>
+      <c r="M24" t="s">
+        <v>183</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>168</v>
+      </c>
+      <c r="E25" t="s">
+        <v>76</v>
+      </c>
+      <c r="F25" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>85</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>183</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>85</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>86</v>
+      </c>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27" t="s">
+        <v>76</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2005</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>85</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>198</v>
+      </c>
+      <c r="M27" t="s">
+        <v>199</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>66</v>
+      </c>
+      <c r="E28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>85</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
+        <v>66</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>85</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>199</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>85</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>66</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>78</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>219</v>
+      </c>
+      <c r="M31" t="s">
+        <v>199</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" t="s">
+        <v>66</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>78</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>224</v>
+      </c>
+      <c r="M32" t="s">
+        <v>199</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>229</v>
+      </c>
+      <c r="D33" t="s">
+        <v>75</v>
+      </c>
+      <c r="E33" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
+        <v>1986</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>152</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="M34" t="s">
+        <v>170</v>
+      </c>
+      <c r="N34" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...46 lines deleted...]
-      <c r="I5" t="s">
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>240</v>
+      </c>
+      <c r="D35" t="s">
+        <v>66</v>
+      </c>
+      <c r="E35" t="s">
+        <v>76</v>
+      </c>
+      <c r="F35" t="s">
+        <v>77</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>241</v>
+      </c>
+      <c r="K35" t="s">
+        <v>242</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>243</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>248</v>
+      </c>
+      <c r="D36" t="s">
+        <v>66</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>45</v>
       </c>
-      <c r="J5" t="s">
-[...70 lines deleted...]
-      <c r="G7">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>249</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>250</v>
+      </c>
+      <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>256</v>
+      </c>
+      <c r="D37" t="s">
+        <v>66</v>
+      </c>
+      <c r="E37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F37" t="s">
+        <v>45</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
         <v>2012</v>
       </c>
-      <c r="H7"/>
-[...122 lines deleted...]
-      <c r="I10" t="s">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>249</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>257</v>
+      </c>
+      <c r="M37" t="s">
+        <v>258</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>263</v>
+      </c>
+      <c r="D38" t="s">
         <v>66</v>
       </c>
-      <c r="J10" t="s">
-[...542 lines deleted...]
-      <c r="I23" t="s">
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>129</v>
       </c>
-      <c r="J23" t="s">
-[...633 lines deleted...]
-        <v>2002</v>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
-      <c r="I38" t="s">
-        <v>171</v>
+      <c r="I38">
+        <v>2002</v>
       </c>
       <c r="J38" t="s">
+        <v>241</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>264</v>
+      </c>
+      <c r="M38" t="s">
+        <v>265</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>266</v>
+      </c>
+      <c r="P38" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>268</v>
+      </c>
+      <c r="B39" t="s">
+        <v>269</v>
+      </c>
+      <c r="C39" t="s">
+        <v>270</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...31 lines deleted...]
-      <c r="G39">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2014</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
+        <v>85</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>271</v>
+      </c>
+      <c r="M39" t="s">
+        <v>272</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>275</v>
+      </c>
+      <c r="B40" t="s">
+        <v>276</v>
+      </c>
+      <c r="C40" t="s">
+        <v>151</v>
+      </c>
+      <c r="D40" t="s">
+        <v>277</v>
+      </c>
+      <c r="E40" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" t="s">
+        <v>278</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>279</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>280</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>281</v>
+      </c>
+      <c r="P40" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>283</v>
+      </c>
+      <c r="B41" t="s">
+        <v>284</v>
+      </c>
+      <c r="C41" t="s">
+        <v>285</v>
+      </c>
+      <c r="D41" t="s">
         <v>66</v>
       </c>
-      <c r="J39" t="s">
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...31 lines deleted...]
-      <c r="G40">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2025</v>
+      </c>
+      <c r="J41" t="s">
+        <v>286</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>287</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>288</v>
+      </c>
+      <c r="P41" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>290</v>
+      </c>
+      <c r="B42" t="s">
+        <v>291</v>
+      </c>
+      <c r="C42" t="s">
+        <v>285</v>
+      </c>
+      <c r="D42" t="s">
+        <v>292</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>286</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>293</v>
+      </c>
+      <c r="M42" t="s">
+        <v>287</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>294</v>
+      </c>
+      <c r="P42" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>296</v>
+      </c>
+      <c r="B43" t="s">
+        <v>297</v>
+      </c>
+      <c r="C43" t="s">
+        <v>285</v>
+      </c>
+      <c r="D43" t="s">
+        <v>66</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2005</v>
+      </c>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>296</v>
+      </c>
+      <c r="M43" t="s">
+        <v>287</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>298</v>
+      </c>
+      <c r="P43" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>300</v>
+      </c>
+      <c r="B44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>248</v>
+      </c>
+      <c r="D44" t="s">
+        <v>66</v>
+      </c>
+      <c r="E44" t="s">
+        <v>76</v>
+      </c>
+      <c r="F44" t="s">
+        <v>77</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>249</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" t="s">
+        <v>303</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>304</v>
+      </c>
+      <c r="P44" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>306</v>
+      </c>
+      <c r="B45" t="s">
+        <v>307</v>
+      </c>
+      <c r="C45" t="s">
+        <v>308</v>
+      </c>
+      <c r="D45" t="s">
+        <v>309</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>129</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45">
         <v>2021</v>
       </c>
-      <c r="H40"/>
-[...3 lines deleted...]
-      <c r="J40" t="s">
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>310</v>
+      </c>
+      <c r="L45" t="s">
+        <v>311</v>
+      </c>
+      <c r="M45" t="s">
+        <v>312</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>313</v>
+      </c>
+      <c r="P45" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>315</v>
+      </c>
+      <c r="B46" t="s">
+        <v>316</v>
+      </c>
+      <c r="C46" t="s">
+        <v>317</v>
+      </c>
+      <c r="D46" t="s">
+        <v>318</v>
+      </c>
+      <c r="E46" t="s">
+        <v>76</v>
+      </c>
+      <c r="F46" t="s">
+        <v>129</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>109</v>
+      </c>
+      <c r="K46" t="s">
+        <v>319</v>
+      </c>
+      <c r="L46" t="s">
+        <v>320</v>
+      </c>
+      <c r="M46" t="s">
+        <v>321</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>322</v>
+      </c>
+      <c r="P46" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>324</v>
+      </c>
+      <c r="B47" t="s">
+        <v>325</v>
+      </c>
+      <c r="C47" t="s">
+        <v>317</v>
+      </c>
+      <c r="D47" t="s">
+        <v>318</v>
+      </c>
+      <c r="E47" t="s">
+        <v>76</v>
+      </c>
+      <c r="F47" t="s">
+        <v>129</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2008</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>109</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>326</v>
+      </c>
+      <c r="M47" t="s">
+        <v>321</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>327</v>
+      </c>
+      <c r="P47" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>329</v>
+      </c>
+      <c r="B48" t="s">
+        <v>330</v>
+      </c>
+      <c r="C48" t="s">
+        <v>285</v>
+      </c>
+      <c r="D48" t="s">
+        <v>66</v>
+      </c>
+      <c r="E48" t="s">
+        <v>76</v>
+      </c>
+      <c r="F48" t="s">
+        <v>77</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>249</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>331</v>
+      </c>
+      <c r="M48" t="s">
+        <v>332</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>333</v>
+      </c>
+      <c r="P48" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>335</v>
+      </c>
+      <c r="B49" t="s">
+        <v>336</v>
+      </c>
+      <c r="C49" t="s">
+        <v>285</v>
+      </c>
+      <c r="D49" t="s">
+        <v>66</v>
+      </c>
+      <c r="E49" t="s">
+        <v>76</v>
+      </c>
+      <c r="F49" t="s">
+        <v>77</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2004</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>249</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>337</v>
+      </c>
+      <c r="M49" t="s">
+        <v>332</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>338</v>
+      </c>
+      <c r="P49" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>340</v>
+      </c>
+      <c r="B50" t="s">
+        <v>341</v>
+      </c>
+      <c r="C50" t="s">
+        <v>342</v>
+      </c>
+      <c r="D50" t="s">
+        <v>343</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-[...29 lines deleted...]
-      <c r="G41">
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
+        <v>2019</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>344</v>
+      </c>
+      <c r="K50" t="s">
+        <v>345</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>346</v>
+      </c>
+      <c r="N50" t="s">
+        <v>102</v>
+      </c>
+      <c r="O50" t="s">
+        <v>347</v>
+      </c>
+      <c r="P50" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>349</v>
+      </c>
+      <c r="B51" t="s">
+        <v>350</v>
+      </c>
+      <c r="C51" t="s">
+        <v>285</v>
+      </c>
+      <c r="D51" t="s">
+        <v>66</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
         <v>2014</v>
       </c>
-      <c r="H41">
-[...5 lines deleted...]
-      <c r="J41" t="s">
+      <c r="J51" t="s">
+        <v>249</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>351</v>
+      </c>
+      <c r="M51" t="s">
+        <v>287</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>352</v>
+      </c>
+      <c r="P51" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>354</v>
+      </c>
+      <c r="B52" t="s">
+        <v>355</v>
+      </c>
+      <c r="C52" t="s">
+        <v>285</v>
+      </c>
+      <c r="D52" t="s">
+        <v>66</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>129</v>
+      </c>
+      <c r="G52" t="s">
+        <v>356</v>
+      </c>
+      <c r="H52">
+        <v>1994</v>
+      </c>
+      <c r="I52">
+        <v>2014</v>
+      </c>
+      <c r="J52" t="s">
+        <v>249</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>357</v>
+      </c>
+      <c r="M52" t="s">
+        <v>287</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>358</v>
+      </c>
+      <c r="P52" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>360</v>
+      </c>
+      <c r="B53" t="s">
+        <v>361</v>
+      </c>
+      <c r="C53" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53" t="s">
+        <v>66</v>
+      </c>
+      <c r="E53" t="s">
+        <v>76</v>
+      </c>
+      <c r="F53" t="s">
+        <v>77</v>
+      </c>
+      <c r="G53" t="s">
+        <v>34</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>362</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>363</v>
+      </c>
+      <c r="M53" t="s">
+        <v>364</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>365</v>
+      </c>
+      <c r="P53" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>367</v>
+      </c>
+      <c r="B54" t="s">
+        <v>368</v>
+      </c>
+      <c r="C54" t="s">
+        <v>151</v>
+      </c>
+      <c r="D54" t="s">
+        <v>277</v>
+      </c>
+      <c r="E54" t="s">
+        <v>76</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K41"/>
-[...79 lines deleted...]
-      <c r="I43" t="s">
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>279</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>369</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>370</v>
+      </c>
+      <c r="P54" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>372</v>
+      </c>
+      <c r="B55" t="s">
+        <v>373</v>
+      </c>
+      <c r="C55" t="s">
+        <v>374</v>
+      </c>
+      <c r="D55" t="s">
+        <v>66</v>
+      </c>
+      <c r="E55" t="s">
         <v>20</v>
       </c>
-      <c r="J43" t="s">
-[...76 lines deleted...]
-      <c r="G45">
+      <c r="F55" t="s">
+        <v>129</v>
+      </c>
+      <c r="G55" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55">
         <v>2017</v>
       </c>
-      <c r="H45">
-[...430 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>33</v>
+        <v>375</v>
       </c>
       <c r="N55" t="s">
-        <v>265</v>
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>376</v>
+      </c>
+      <c r="P55" t="s">
+        <v>377</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>