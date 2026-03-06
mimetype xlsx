--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -752,69 +752,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
     <t>Transformers smaller than 1500kVA</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
@@ -3115,51 +3115,51 @@
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>240</v>
       </c>
       <c r="B36" t="s">
         <v>241</v>
       </c>
       <c r="C36" t="s">
         <v>242</v>
       </c>
       <c r="D36" t="s">
         <v>243</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>52</v>
       </c>
       <c r="G36" t="s">
         <v>43</v>
       </c>
       <c r="H36">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>244</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>245</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>246</v>
       </c>
       <c r="P36" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>248</v>