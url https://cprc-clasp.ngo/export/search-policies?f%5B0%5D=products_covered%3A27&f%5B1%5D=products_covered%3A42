--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -12,1008 +12,1405 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1277,2981 +1674,3384 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N68"/>
+  <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>68</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>70</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>99</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>99</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>101</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>99</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>101</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>101</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>99</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>98</v>
+      </c>
+      <c r="F19" t="s">
+        <v>99</v>
+      </c>
+      <c r="G19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" t="s">
+        <v>99</v>
+      </c>
+      <c r="G20" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>132</v>
+      </c>
+      <c r="M20" t="s">
+        <v>127</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>90</v>
+      </c>
+      <c r="E21" t="s">
+        <v>98</v>
+      </c>
+      <c r="F21" t="s">
+        <v>99</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>127</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F22" t="s">
+        <v>144</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>145</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>146</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" t="s">
+        <v>153</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>154</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>155</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>160</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>98</v>
+      </c>
+      <c r="F24" t="s">
+        <v>99</v>
+      </c>
+      <c r="G24" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>161</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" t="s">
+        <v>99</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>122</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>169</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>175</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2023</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>176</v>
+      </c>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>175</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K27" t="s">
+        <v>184</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>185</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>98</v>
+      </c>
+      <c r="F28" t="s">
+        <v>99</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1992</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>106</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H29">
+        <v>2006</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...13 lines deleted...]
-      <c r="C3" t="s">
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M29" t="s">
+        <v>56</v>
+      </c>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>198</v>
+      </c>
+      <c r="P29" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>200</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>51</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>106</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>202</v>
+      </c>
+      <c r="M30" t="s">
+        <v>56</v>
+      </c>
+      <c r="N30" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...49 lines deleted...]
-      <c r="F4" t="s">
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>51</v>
+      </c>
+      <c r="D31" t="s">
+        <v>90</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>54</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
         <v>36</v>
       </c>
-      <c r="G4">
-[...26 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>51</v>
+      </c>
+      <c r="D32" t="s">
+        <v>90</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>43</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>106</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>208</v>
+      </c>
+      <c r="N32" t="s">
+        <v>36</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" t="s">
         <v>42</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="E33" t="s">
+        <v>98</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1989</v>
+      </c>
+      <c r="I33">
+        <v>1992</v>
+      </c>
+      <c r="J33" t="s">
+        <v>219</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>220</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>225</v>
+      </c>
+      <c r="D34" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>175</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>226</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>227</v>
+      </c>
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>229</v>
+      </c>
+      <c r="P34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>225</v>
+      </c>
+      <c r="D35" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2004</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>233</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>234</v>
+      </c>
+      <c r="M35" t="s">
+        <v>228</v>
+      </c>
+      <c r="N35" t="s">
         <v>36</v>
       </c>
-      <c r="G5">
-[...28 lines deleted...]
-      <c r="B6" t="s">
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
+        <v>238</v>
+      </c>
+      <c r="C36" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" t="s">
         <v>42</v>
       </c>
-      <c r="C6" t="s">
-[...626 lines deleted...]
-      <c r="N20" t="s">
+      <c r="E36" t="s">
         <v>98</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" t="s">
+      <c r="F36" t="s">
         <v>99</v>
       </c>
-      <c r="B21" t="s">
-[...653 lines deleted...]
-        <v>2015</v>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
-      <c r="I36" t="s">
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>122</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>237</v>
+      </c>
+      <c r="M36" t="s">
+        <v>239</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>98</v>
+      </c>
+      <c r="F37" t="s">
+        <v>99</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>122</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>239</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>98</v>
+      </c>
+      <c r="F38" t="s">
+        <v>99</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>122</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>169</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" t="s">
+        <v>98</v>
+      </c>
+      <c r="F39" t="s">
+        <v>99</v>
+      </c>
+      <c r="G39" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>122</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>239</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" t="s">
+        <v>42</v>
+      </c>
+      <c r="E40" t="s">
+        <v>98</v>
+      </c>
+      <c r="F40" t="s">
+        <v>99</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>161</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>162</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>260</v>
+      </c>
+      <c r="D41" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>175</v>
+      </c>
+      <c r="G41" t="s">
+        <v>43</v>
+      </c>
+      <c r="H41">
+        <v>2024</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>261</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>262</v>
+      </c>
+      <c r="M41" t="s">
+        <v>263</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C42" t="s">
+        <v>268</v>
+      </c>
+      <c r="D42" t="s">
         <v>90</v>
       </c>
-      <c r="J36" t="s">
-[...22 lines deleted...]
-      <c r="C37" t="s">
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>175</v>
+      </c>
+      <c r="G42" t="s">
         <v>43</v>
       </c>
-      <c r="D37" t="s">
-[...174 lines deleted...]
-      <c r="G41">
+      <c r="H42">
         <v>2024</v>
       </c>
-      <c r="H41"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="K42" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>186</v>
+        <v>269</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>263</v>
       </c>
       <c r="N42" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>270</v>
+      </c>
+      <c r="P42" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>192</v>
+        <v>272</v>
       </c>
       <c r="B43" t="s">
-        <v>193</v>
+        <v>273</v>
       </c>
       <c r="C43" t="s">
-        <v>194</v>
+        <v>274</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E43" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>53</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2010</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2021</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>29</v>
+        <v>276</v>
       </c>
       <c r="K43" t="s">
-        <v>196</v>
+        <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>197</v>
+        <v>277</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N43" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>279</v>
+      </c>
+      <c r="P43" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>199</v>
+        <v>281</v>
       </c>
       <c r="B44" t="s">
-        <v>200</v>
+        <v>282</v>
       </c>
       <c r="C44" t="s">
-        <v>35</v>
+        <v>283</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-        <v>118</v>
+      <c r="I44">
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="K44" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>202</v>
+        <v>284</v>
       </c>
       <c r="M44" t="s">
-        <v>31</v>
+        <v>285</v>
       </c>
       <c r="N44" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O44" t="s">
+        <v>286</v>
+      </c>
+      <c r="P44" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>204</v>
+        <v>288</v>
       </c>
       <c r="B45" t="s">
-        <v>205</v>
+        <v>289</v>
       </c>
       <c r="C45" t="s">
-        <v>54</v>
+        <v>290</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E45" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>53</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2014</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="K45" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>207</v>
+        <v>291</v>
       </c>
       <c r="M45" t="s">
+        <v>292</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>293</v>
+      </c>
+      <c r="P45" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>295</v>
+      </c>
+      <c r="B46" t="s">
+        <v>296</v>
+      </c>
+      <c r="C46" t="s">
+        <v>290</v>
+      </c>
+      <c r="D46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>106</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>297</v>
+      </c>
+      <c r="M46" t="s">
+        <v>292</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>298</v>
+      </c>
+      <c r="P46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>300</v>
+      </c>
+      <c r="B47" t="s">
+        <v>301</v>
+      </c>
+      <c r="C47" t="s">
+        <v>302</v>
+      </c>
+      <c r="D47" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>43</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>303</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>304</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>305</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>307</v>
+      </c>
+      <c r="B48" t="s">
+        <v>308</v>
+      </c>
+      <c r="C48" t="s">
+        <v>309</v>
+      </c>
+      <c r="D48" t="s">
+        <v>52</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>175</v>
+      </c>
+      <c r="G48" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>122</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>310</v>
+      </c>
+      <c r="M48" t="s">
+        <v>311</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>312</v>
+      </c>
+      <c r="P48" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>314</v>
+      </c>
+      <c r="B49" t="s">
+        <v>315</v>
+      </c>
+      <c r="C49" t="s">
+        <v>160</v>
+      </c>
+      <c r="D49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>161</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>162</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>316</v>
+      </c>
+      <c r="P49" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>314</v>
+      </c>
+      <c r="B50" t="s">
+        <v>318</v>
+      </c>
+      <c r="C50" t="s">
+        <v>160</v>
+      </c>
+      <c r="D50" t="s">
+        <v>42</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>161</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>162</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>319</v>
+      </c>
+      <c r="P50" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>320</v>
+      </c>
+      <c r="B51" t="s">
+        <v>321</v>
+      </c>
+      <c r="C51" t="s">
+        <v>309</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2011</v>
+      </c>
+      <c r="J51" t="s">
+        <v>122</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>322</v>
+      </c>
+      <c r="M51" t="s">
+        <v>311</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>323</v>
+      </c>
+      <c r="P51" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>325</v>
+      </c>
+      <c r="B52" t="s">
+        <v>326</v>
+      </c>
+      <c r="C52" t="s">
+        <v>327</v>
+      </c>
+      <c r="D52" t="s">
+        <v>275</v>
+      </c>
+      <c r="E52" t="s">
+        <v>98</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>153</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>276</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>328</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>329</v>
+      </c>
+      <c r="P52"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>330</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" t="s">
+        <v>333</v>
+      </c>
+      <c r="E53" t="s">
+        <v>98</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>43</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>334</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>335</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>336</v>
+      </c>
+      <c r="P53" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>338</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" t="s">
+        <v>340</v>
+      </c>
+      <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>53</v>
+      </c>
+      <c r="G54" t="s">
+        <v>43</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>122</v>
+      </c>
+      <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="N45" t="s">
-[...63 lines deleted...]
-      <c r="F47" t="s">
+      <c r="L54" t="s">
+        <v>341</v>
+      </c>
+      <c r="M54" t="s">
+        <v>342</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>343</v>
+      </c>
+      <c r="P54" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>345</v>
+      </c>
+      <c r="B55" t="s">
+        <v>345</v>
+      </c>
+      <c r="C55" t="s">
+        <v>346</v>
+      </c>
+      <c r="D55" t="s">
+        <v>347</v>
+      </c>
+      <c r="E55" t="s">
+        <v>98</v>
+      </c>
+      <c r="F55" t="s">
+        <v>99</v>
+      </c>
+      <c r="G55" t="s">
+        <v>43</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>154</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>348</v>
+      </c>
+      <c r="M55" t="s">
+        <v>349</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>352</v>
+      </c>
+      <c r="B56" t="s">
+        <v>353</v>
+      </c>
+      <c r="C56" t="s">
+        <v>354</v>
+      </c>
+      <c r="D56" t="s">
+        <v>355</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>175</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2017</v>
+      </c>
+      <c r="I56">
+        <v>2021</v>
+      </c>
+      <c r="J56" t="s">
+        <v>356</v>
+      </c>
+      <c r="K56" t="s">
+        <v>357</v>
+      </c>
+      <c r="L56" t="s">
+        <v>358</v>
+      </c>
+      <c r="M56" t="s">
+        <v>359</v>
+      </c>
+      <c r="N56" t="s">
         <v>36</v>
       </c>
-      <c r="G47">
-[...81 lines deleted...]
-      <c r="G49">
+      <c r="O56" t="s">
+        <v>360</v>
+      </c>
+      <c r="P56" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B57" t="s">
+        <v>363</v>
+      </c>
+      <c r="C57" t="s">
+        <v>364</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>98</v>
+      </c>
+      <c r="F57" t="s">
+        <v>99</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2008</v>
+      </c>
+      <c r="I57">
         <v>2012</v>
       </c>
-      <c r="H49">
-[...209 lines deleted...]
-      <c r="J54" t="s">
+      <c r="J57" t="s">
+        <v>161</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>365</v>
+      </c>
+      <c r="M57" t="s">
+        <v>366</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>367</v>
+      </c>
+      <c r="P57" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>369</v>
+      </c>
+      <c r="B58" t="s">
+        <v>370</v>
+      </c>
+      <c r="C58" t="s">
+        <v>371</v>
+      </c>
+      <c r="D58" t="s">
+        <v>42</v>
+      </c>
+      <c r="E58" t="s">
+        <v>98</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K54" t="s">
-[...162 lines deleted...]
-        <v>2006</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2006</v>
       </c>
-      <c r="I58" t="s">
-        <v>37</v>
+      <c r="I58">
+        <v>2006</v>
       </c>
       <c r="J58" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>31</v>
+        <v>372</v>
       </c>
       <c r="N58" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58"/>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>266</v>
+        <v>374</v>
       </c>
       <c r="B59" t="s">
-        <v>267</v>
+        <v>375</v>
       </c>
       <c r="C59" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="D59" t="s">
+        <v>90</v>
+      </c>
+      <c r="E59" t="s">
+        <v>98</v>
+      </c>
+      <c r="F59" t="s">
+        <v>99</v>
+      </c>
+      <c r="G59" t="s">
+        <v>377</v>
+      </c>
+      <c r="H59"/>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>44</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>378</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>379</v>
+      </c>
+      <c r="P59" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>381</v>
+      </c>
+      <c r="B60" t="s">
+        <v>382</v>
+      </c>
+      <c r="C60" t="s">
+        <v>364</v>
+      </c>
+      <c r="D60" t="s">
+        <v>275</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1997</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>226</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>383</v>
+      </c>
+      <c r="M60" t="s">
+        <v>384</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>385</v>
+      </c>
+      <c r="P60" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>387</v>
+      </c>
+      <c r="B61" t="s">
+        <v>388</v>
+      </c>
+      <c r="C61" t="s">
+        <v>142</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2010</v>
+      </c>
+      <c r="I61">
+        <v>2015</v>
+      </c>
+      <c r="J61" t="s">
+        <v>145</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>146</v>
+      </c>
+      <c r="N61" t="s">
+        <v>36</v>
+      </c>
+      <c r="O61" t="s">
+        <v>389</v>
+      </c>
+      <c r="P61" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>391</v>
+      </c>
+      <c r="B62" t="s">
+        <v>392</v>
+      </c>
+      <c r="C62" t="s">
+        <v>142</v>
+      </c>
+      <c r="D62" t="s">
+        <v>52</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>145</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>393</v>
+      </c>
+      <c r="M62" t="s">
+        <v>146</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>394</v>
+      </c>
+      <c r="P62" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" t="s">
+        <v>397</v>
+      </c>
+      <c r="C63" t="s">
         <v>74</v>
       </c>
-      <c r="E59" t="s">
+      <c r="D63" t="s">
+        <v>398</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>43</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
         <v>75</v>
       </c>
-      <c r="F59" t="s">
-[...14 lines deleted...]
-      <c r="M59" t="s">
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>399</v>
+      </c>
+      <c r="P63" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>401</v>
+      </c>
+      <c r="B64" t="s">
+        <v>402</v>
+      </c>
+      <c r="C64" t="s">
+        <v>74</v>
+      </c>
+      <c r="D64" t="s">
+        <v>90</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>75</v>
+      </c>
+      <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="N59" t="s">
-[...96 lines deleted...]
-      <c r="C62" t="s">
+      <c r="L64"/>
+      <c r="M64"/>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>403</v>
+      </c>
+      <c r="P64" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>404</v>
+      </c>
+      <c r="B65" t="s">
+        <v>405</v>
+      </c>
+      <c r="C65" t="s">
+        <v>406</v>
+      </c>
+      <c r="D65" t="s">
+        <v>52</v>
+      </c>
+      <c r="E65" t="s">
+        <v>98</v>
+      </c>
+      <c r="F65" t="s">
+        <v>99</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2003</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>33</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>407</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>408</v>
+      </c>
+      <c r="P65" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>410</v>
+      </c>
+      <c r="B66" t="s">
+        <v>411</v>
+      </c>
+      <c r="C66" t="s">
+        <v>412</v>
+      </c>
+      <c r="D66" t="s">
+        <v>52</v>
+      </c>
+      <c r="E66" t="s">
+        <v>98</v>
+      </c>
+      <c r="F66" t="s">
+        <v>53</v>
+      </c>
+      <c r="G66" t="s">
+        <v>377</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>226</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>414</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>415</v>
+      </c>
+      <c r="P66" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>417</v>
+      </c>
+      <c r="B67" t="s">
+        <v>418</v>
+      </c>
+      <c r="C67" t="s">
+        <v>412</v>
+      </c>
+      <c r="D67" t="s">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>98</v>
+      </c>
+      <c r="F67" t="s">
+        <v>419</v>
+      </c>
+      <c r="G67" t="s">
         <v>43</v>
       </c>
-      <c r="D62" t="s">
-[...52 lines deleted...]
-      <c r="G63">
+      <c r="H67">
         <v>2021</v>
       </c>
-      <c r="H63"/>
-[...41 lines deleted...]
-      <c r="J64" t="s">
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>226</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>413</v>
+      </c>
+      <c r="M67" t="s">
+        <v>414</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>420</v>
+      </c>
+      <c r="P67" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>422</v>
+      </c>
+      <c r="B68" t="s">
+        <v>423</v>
+      </c>
+      <c r="C68" t="s">
+        <v>412</v>
+      </c>
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>98</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-[...153 lines deleted...]
-      <c r="G68"/>
+      <c r="G68" t="s">
+        <v>153</v>
+      </c>
       <c r="H68"/>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>299</v>
+        <v>414</v>
       </c>
       <c r="N68" t="s">
-        <v>300</v>
-      </c>
+        <v>425</v>
+      </c>
+      <c r="O68" t="s">
+        <v>426</v>
+      </c>
+      <c r="P68"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>