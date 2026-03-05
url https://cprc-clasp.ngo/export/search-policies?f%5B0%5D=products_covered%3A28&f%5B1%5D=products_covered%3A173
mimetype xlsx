--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,1891 +12,2775 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="874">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2160,6441 +3044,7330 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N150"/>
+  <dimension ref="A1:P150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2006</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1998</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>119</v>
+      </c>
+      <c r="G15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" t="s">
+        <v>119</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...140 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>65</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...25 lines deleted...]
-      <c r="L6" t="s">
+      <c r="E17" t="s">
+        <v>118</v>
+      </c>
+      <c r="F17" t="s">
+        <v>119</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F18" t="s">
+        <v>119</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>120</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>122</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="M6" t="s">
-[...532 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>119</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
-      <c r="I19" t="s">
-        <v>91</v>
+      <c r="I19">
+        <v>2010</v>
       </c>
       <c r="J19" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="K19" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>93</v>
+        <v>142</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N19" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="D20" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>119</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
-      <c r="I20" t="s">
-        <v>91</v>
+      <c r="I20">
+        <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="K20" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>93</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
+        <v>119</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>122</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" t="s">
+        <v>119</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>120</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>122</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>118</v>
+      </c>
+      <c r="F23" t="s">
+        <v>119</v>
+      </c>
+      <c r="G23" t="s">
+        <v>57</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>120</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>163</v>
+      </c>
+      <c r="M23" t="s">
+        <v>122</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>170</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>171</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E25" t="s">
+        <v>178</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>118</v>
+      </c>
+      <c r="F26" t="s">
+        <v>56</v>
+      </c>
+      <c r="G26" t="s">
+        <v>179</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>186</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>43</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>193</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>194</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" t="s">
+        <v>196</v>
+      </c>
+      <c r="O27" t="s">
+        <v>197</v>
+      </c>
+      <c r="P27" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>199</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>200</v>
+      </c>
+      <c r="D28" t="s">
+        <v>201</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>57</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>202</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>203</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D29" t="s">
         <v>109</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" t="s">
+      <c r="E29" t="s">
+        <v>118</v>
+      </c>
+      <c r="F29" t="s">
         <v>110</v>
       </c>
-      <c r="B21" t="s">
-[...46 lines deleted...]
-      <c r="C22" t="s">
+      <c r="G29" t="s">
+        <v>179</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>180</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>210</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>211</v>
+      </c>
+      <c r="P29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>214</v>
+      </c>
+      <c r="C30" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>110</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>180</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>217</v>
+      </c>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>223</v>
+      </c>
+      <c r="D31" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" t="s">
+        <v>118</v>
+      </c>
+      <c r="F31" t="s">
+        <v>119</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1993</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>224</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
+      <c r="M31" t="s">
+        <v>226</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>229</v>
+      </c>
+      <c r="B32" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" t="s">
+        <v>64</v>
+      </c>
+      <c r="D32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>122</v>
+      </c>
+      <c r="N32" t="s">
+        <v>36</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" t="s">
+        <v>234</v>
+      </c>
+      <c r="C33" t="s">
+        <v>235</v>
+      </c>
+      <c r="D33" t="s">
+        <v>236</v>
+      </c>
+      <c r="E33" t="s">
+        <v>118</v>
+      </c>
+      <c r="F33" t="s">
+        <v>110</v>
+      </c>
+      <c r="G33" t="s">
         <v>57</v>
       </c>
-      <c r="D22" t="s">
-[...52 lines deleted...]
-      <c r="G23">
+      <c r="H33">
         <v>2017</v>
       </c>
-      <c r="H23"/>
-[...366 lines deleted...]
-      <c r="I32" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>237</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>238</v>
+      </c>
+      <c r="M33" t="s">
+        <v>239</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>240</v>
+      </c>
+      <c r="P33" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>242</v>
+      </c>
+      <c r="B34" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" t="s">
+        <v>244</v>
+      </c>
+      <c r="D34" t="s">
+        <v>245</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J32" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>110</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2016</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2019</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="J34" t="s">
         <v>180</v>
       </c>
-      <c r="K34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K34" t="s">
+        <v>246</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="N34" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>183</v>
+        <v>250</v>
       </c>
       <c r="B35" t="s">
-        <v>184</v>
+        <v>251</v>
       </c>
       <c r="C35" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E35" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>110</v>
+      </c>
+      <c r="G35" t="s">
+        <v>57</v>
+      </c>
+      <c r="H35">
         <v>2006</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>253</v>
       </c>
       <c r="N35" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>187</v>
+        <v>256</v>
       </c>
       <c r="B36" t="s">
-        <v>163</v>
+        <v>257</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>223</v>
       </c>
       <c r="D36" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="F36" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>57</v>
+      </c>
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>29</v>
+        <v>224</v>
       </c>
       <c r="K36" t="s">
-        <v>188</v>
+        <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>166</v>
+        <v>258</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>226</v>
       </c>
       <c r="N36" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>51</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>263</v>
+      </c>
+      <c r="H37">
         <v>2000</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>29</v>
+        <v>264</v>
       </c>
       <c r="K37" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>54</v>
+        <v>265</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="N37" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>266</v>
+      </c>
+      <c r="P37" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>193</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>51</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
-        <v>194</v>
+        <v>64</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>270</v>
       </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>1999</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2022</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>271</v>
       </c>
       <c r="N38" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>198</v>
+        <v>274</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>275</v>
       </c>
       <c r="C39" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2002</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2021</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="K39" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>54</v>
+        <v>276</v>
       </c>
       <c r="M39" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="N39" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>277</v>
+      </c>
+      <c r="P39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>201</v>
+        <v>279</v>
       </c>
       <c r="B40" t="s">
-        <v>51</v>
+        <v>280</v>
       </c>
       <c r="C40" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2009</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2020</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="K40" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>54</v>
+        <v>281</v>
       </c>
       <c r="M40" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="N40" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>282</v>
+      </c>
+      <c r="P40" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="B41" t="s">
-        <v>51</v>
+        <v>285</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E41" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>263</v>
       </c>
       <c r="H41">
         <v>2005</v>
       </c>
-      <c r="I41" t="s">
-        <v>91</v>
+      <c r="I41">
+        <v>2004</v>
       </c>
       <c r="J41" t="s">
-        <v>29</v>
+        <v>264</v>
       </c>
       <c r="K41" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>54</v>
+        <v>142</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="N41" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>286</v>
+      </c>
+      <c r="P41" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>206</v>
+        <v>288</v>
       </c>
       <c r="B42" t="s">
-        <v>51</v>
+        <v>289</v>
       </c>
       <c r="C42" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>263</v>
+      </c>
+      <c r="H42">
         <v>2005</v>
       </c>
-      <c r="H42">
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>264</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>290</v>
+      </c>
+      <c r="M42" t="s">
+        <v>67</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>291</v>
+      </c>
+      <c r="P42" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>293</v>
+      </c>
+      <c r="B43" t="s">
+        <v>294</v>
+      </c>
+      <c r="C43" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" t="s">
+        <v>48</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>263</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>120</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
+        <v>67</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>64</v>
+      </c>
+      <c r="D44" t="s">
+        <v>72</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>57</v>
+      </c>
+      <c r="H44">
+        <v>2014</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>120</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>66</v>
+      </c>
+      <c r="M44" t="s">
+        <v>300</v>
+      </c>
+      <c r="N44" t="s">
+        <v>36</v>
+      </c>
+      <c r="O44" t="s">
+        <v>301</v>
+      </c>
+      <c r="P44" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>303</v>
+      </c>
+      <c r="B45" t="s">
+        <v>304</v>
+      </c>
+      <c r="C45" t="s">
+        <v>64</v>
+      </c>
+      <c r="D45" t="s">
+        <v>305</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>306</v>
+      </c>
+      <c r="H45" t="s">
+        <v>307</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
+      <c r="J45" t="s">
+        <v>308</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>300</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>309</v>
+      </c>
+      <c r="P45" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>311</v>
+      </c>
+      <c r="B46" t="s">
+        <v>312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>64</v>
+      </c>
+      <c r="D46" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>57</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>120</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>313</v>
+      </c>
+      <c r="M46" t="s">
+        <v>300</v>
+      </c>
+      <c r="N46" t="s">
+        <v>36</v>
+      </c>
+      <c r="O46" t="s">
+        <v>314</v>
+      </c>
+      <c r="P46" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>316</v>
+      </c>
+      <c r="B47" t="s">
+        <v>317</v>
+      </c>
+      <c r="C47" t="s">
+        <v>64</v>
+      </c>
+      <c r="D47" t="s">
+        <v>117</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47">
+        <v>2019</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>65</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>318</v>
+      </c>
+      <c r="M47" t="s">
+        <v>300</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>319</v>
+      </c>
+      <c r="P47" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>321</v>
+      </c>
+      <c r="B48" t="s">
+        <v>322</v>
+      </c>
+      <c r="C48" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" t="s">
+        <v>82</v>
+      </c>
+      <c r="E48" t="s">
+        <v>118</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>306</v>
+      </c>
+      <c r="H48">
+        <v>2025</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>323</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>324</v>
+      </c>
+      <c r="M48" t="s">
+        <v>325</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>326</v>
+      </c>
+      <c r="P48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>328</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49" t="s">
+        <v>330</v>
+      </c>
+      <c r="D49" t="s">
+        <v>48</v>
+      </c>
+      <c r="E49" t="s">
+        <v>118</v>
+      </c>
+      <c r="F49" t="s">
+        <v>119</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2003</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>33</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>331</v>
+      </c>
+      <c r="M49" t="s">
+        <v>332</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>333</v>
+      </c>
+      <c r="P49" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>335</v>
+      </c>
+      <c r="B50" t="s">
+        <v>336</v>
+      </c>
+      <c r="C50" t="s">
+        <v>337</v>
+      </c>
+      <c r="D50" t="s">
+        <v>48</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>110</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>194</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>338</v>
+      </c>
+      <c r="M50" t="s">
+        <v>339</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>340</v>
+      </c>
+      <c r="P50" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>342</v>
+      </c>
+      <c r="B51" t="s">
+        <v>343</v>
+      </c>
+      <c r="C51" t="s">
+        <v>337</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2001</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>344</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>345</v>
+      </c>
+      <c r="M51" t="s">
+        <v>339</v>
+      </c>
+      <c r="N51" t="s">
+        <v>36</v>
+      </c>
+      <c r="O51" t="s">
+        <v>346</v>
+      </c>
+      <c r="P51" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>348</v>
+      </c>
+      <c r="B52" t="s">
+        <v>349</v>
+      </c>
+      <c r="C52" t="s">
+        <v>330</v>
+      </c>
+      <c r="D52" t="s">
+        <v>350</v>
+      </c>
+      <c r="E52" t="s">
+        <v>118</v>
+      </c>
+      <c r="F52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G52" t="s">
+        <v>57</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>351</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>352</v>
+      </c>
+      <c r="M52" t="s">
+        <v>353</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>354</v>
+      </c>
+      <c r="P52" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>356</v>
+      </c>
+      <c r="B53" t="s">
+        <v>357</v>
+      </c>
+      <c r="C53" t="s">
+        <v>330</v>
+      </c>
+      <c r="D53" t="s">
+        <v>358</v>
+      </c>
+      <c r="E53" t="s">
+        <v>118</v>
+      </c>
+      <c r="F53" t="s">
+        <v>56</v>
+      </c>
+      <c r="G53" t="s">
+        <v>57</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>351</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>359</v>
+      </c>
+      <c r="M53" t="s">
+        <v>353</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>360</v>
+      </c>
+      <c r="P53" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>362</v>
+      </c>
+      <c r="B54" t="s">
+        <v>363</v>
+      </c>
+      <c r="C54" t="s">
+        <v>330</v>
+      </c>
+      <c r="D54" t="s">
+        <v>364</v>
+      </c>
+      <c r="E54" t="s">
+        <v>118</v>
+      </c>
+      <c r="F54" t="s">
+        <v>56</v>
+      </c>
+      <c r="G54" t="s">
+        <v>57</v>
+      </c>
+      <c r="H54">
+        <v>2022</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>351</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>365</v>
+      </c>
+      <c r="M54" t="s">
+        <v>353</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>366</v>
+      </c>
+      <c r="P54" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B55" t="s">
+        <v>369</v>
+      </c>
+      <c r="C55" t="s">
+        <v>370</v>
+      </c>
+      <c r="D55" t="s">
+        <v>193</v>
+      </c>
+      <c r="E55" t="s">
+        <v>118</v>
+      </c>
+      <c r="F55" t="s">
+        <v>119</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>371</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>372</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>373</v>
+      </c>
+      <c r="P55" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>375</v>
+      </c>
+      <c r="B56" t="s">
+        <v>376</v>
+      </c>
+      <c r="C56" t="s">
+        <v>370</v>
+      </c>
+      <c r="D56" t="s">
+        <v>42</v>
+      </c>
+      <c r="E56" t="s">
+        <v>118</v>
+      </c>
+      <c r="F56" t="s">
+        <v>119</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1996</v>
+      </c>
+      <c r="I56">
+        <v>2010</v>
+      </c>
+      <c r="J56" t="s">
+        <v>371</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>372</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>377</v>
+      </c>
+      <c r="P56" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>378</v>
+      </c>
+      <c r="B57" t="s">
+        <v>379</v>
+      </c>
+      <c r="C57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D57" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" t="s">
+        <v>118</v>
+      </c>
+      <c r="F57" t="s">
+        <v>119</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1996</v>
+      </c>
+      <c r="I57">
+        <v>2012</v>
+      </c>
+      <c r="J57" t="s">
+        <v>371</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>380</v>
+      </c>
+      <c r="M57" t="s">
+        <v>372</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>381</v>
+      </c>
+      <c r="P57" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>382</v>
+      </c>
+      <c r="B58" t="s">
+        <v>383</v>
+      </c>
+      <c r="C58" t="s">
+        <v>370</v>
+      </c>
+      <c r="D58" t="s">
+        <v>162</v>
+      </c>
+      <c r="E58" t="s">
+        <v>118</v>
+      </c>
+      <c r="F58" t="s">
+        <v>119</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2010</v>
+      </c>
+      <c r="J58" t="s">
+        <v>371</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>384</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>385</v>
+      </c>
+      <c r="B59" t="s">
+        <v>386</v>
+      </c>
+      <c r="C59" t="s">
+        <v>387</v>
+      </c>
+      <c r="D59" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" t="s">
+        <v>57</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>388</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>389</v>
+      </c>
+      <c r="M59" t="s">
+        <v>390</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>391</v>
+      </c>
+      <c r="P59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>393</v>
+      </c>
+      <c r="B60" t="s">
+        <v>394</v>
+      </c>
+      <c r="C60" t="s">
+        <v>395</v>
+      </c>
+      <c r="D60" t="s">
+        <v>42</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
         <v>2017</v>
       </c>
-      <c r="I42" t="s">
-[...40 lines deleted...]
-      <c r="H43">
+      <c r="J60" t="s">
+        <v>396</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>397</v>
+      </c>
+      <c r="N60" t="s">
+        <v>36</v>
+      </c>
+      <c r="O60" t="s">
+        <v>398</v>
+      </c>
+      <c r="P60" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>400</v>
+      </c>
+      <c r="B61" t="s">
+        <v>401</v>
+      </c>
+      <c r="C61" t="s">
+        <v>395</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>56</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2018</v>
+      </c>
+      <c r="J61" t="s">
+        <v>396</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>397</v>
+      </c>
+      <c r="N61" t="s">
+        <v>36</v>
+      </c>
+      <c r="O61" t="s">
+        <v>402</v>
+      </c>
+      <c r="P61" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>404</v>
+      </c>
+      <c r="B62" t="s">
+        <v>405</v>
+      </c>
+      <c r="C62" t="s">
+        <v>406</v>
+      </c>
+      <c r="D62" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>110</v>
+      </c>
+      <c r="G62" t="s">
+        <v>57</v>
+      </c>
+      <c r="H62">
         <v>2013</v>
       </c>
-      <c r="I43" t="s">
-[...25 lines deleted...]
-      <c r="C44" t="s">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>371</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>407</v>
+      </c>
+      <c r="M62" t="s">
+        <v>408</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>409</v>
+      </c>
+      <c r="P62" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>411</v>
+      </c>
+      <c r="B63" t="s">
+        <v>412</v>
+      </c>
+      <c r="C63" t="s">
+        <v>406</v>
+      </c>
+      <c r="D63" t="s">
+        <v>48</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>110</v>
+      </c>
+      <c r="G63" t="s">
         <v>57</v>
       </c>
-      <c r="D44" t="s">
-[...814 lines deleted...]
-      <c r="G63">
+      <c r="H63">
         <v>2009</v>
       </c>
-      <c r="H63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>29</v>
+        <v>371</v>
       </c>
       <c r="K63" t="s">
-        <v>291</v>
+        <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>288</v>
+        <v>413</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>408</v>
       </c>
       <c r="N63" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>414</v>
+      </c>
+      <c r="P63" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>293</v>
+        <v>415</v>
       </c>
       <c r="B64" t="s">
-        <v>286</v>
+        <v>416</v>
       </c>
       <c r="C64" t="s">
-        <v>140</v>
+        <v>406</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E64" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>110</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
-        <v>262</v>
+      <c r="I64">
+        <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>29</v>
+        <v>371</v>
       </c>
       <c r="K64" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>288</v>
+        <v>417</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>408</v>
       </c>
       <c r="N64" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>418</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>296</v>
+        <v>419</v>
       </c>
       <c r="B65" t="s">
-        <v>286</v>
+        <v>420</v>
       </c>
       <c r="C65" t="s">
-        <v>35</v>
+        <v>406</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E65" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>110</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
-      <c r="I65" t="s">
-        <v>262</v>
+      <c r="I65">
+        <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
+        <v>408</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>421</v>
+      </c>
+      <c r="P65" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>422</v>
+      </c>
+      <c r="B66" t="s">
+        <v>423</v>
+      </c>
+      <c r="C66" t="s">
+        <v>424</v>
+      </c>
+      <c r="D66" t="s">
+        <v>425</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66">
+        <v>2014</v>
+      </c>
+      <c r="J66" t="s">
+        <v>120</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>426</v>
+      </c>
+      <c r="M66" t="s">
+        <v>427</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>428</v>
+      </c>
+      <c r="P66" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>430</v>
+      </c>
+      <c r="B67" t="s">
+        <v>431</v>
+      </c>
+      <c r="C67" t="s">
+        <v>424</v>
+      </c>
+      <c r="D67" t="s">
+        <v>42</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
+        <v>2014</v>
+      </c>
+      <c r="J67" t="s">
+        <v>120</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>432</v>
+      </c>
+      <c r="M67" t="s">
+        <v>427</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>433</v>
+      </c>
+      <c r="P67" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" t="s">
+        <v>436</v>
+      </c>
+      <c r="C68" t="s">
+        <v>437</v>
+      </c>
+      <c r="D68" t="s">
+        <v>48</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68">
+        <v>2018</v>
+      </c>
+      <c r="J68" t="s">
+        <v>396</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>438</v>
+      </c>
+      <c r="M68" t="s">
+        <v>439</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>440</v>
+      </c>
+      <c r="P68" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>442</v>
+      </c>
+      <c r="B69" t="s">
+        <v>443</v>
+      </c>
+      <c r="C69" t="s">
+        <v>444</v>
+      </c>
+      <c r="D69" t="s">
+        <v>201</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>57</v>
+      </c>
+      <c r="H69">
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>445</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>446</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>447</v>
+      </c>
+      <c r="P69" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>449</v>
+      </c>
+      <c r="B70" t="s">
+        <v>450</v>
+      </c>
+      <c r="C70" t="s">
+        <v>223</v>
+      </c>
+      <c r="D70" t="s">
+        <v>193</v>
+      </c>
+      <c r="E70" t="s">
+        <v>118</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1981</v>
+      </c>
+      <c r="I70">
+        <v>2002</v>
+      </c>
+      <c r="J70" t="s">
+        <v>224</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>451</v>
+      </c>
+      <c r="N70" t="s">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>452</v>
+      </c>
+      <c r="P70" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>453</v>
+      </c>
+      <c r="B71" t="s">
+        <v>454</v>
+      </c>
+      <c r="C71" t="s">
+        <v>370</v>
+      </c>
+      <c r="D71" t="s">
+        <v>42</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2016</v>
+      </c>
+      <c r="J71" t="s">
+        <v>371</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>372</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>455</v>
+      </c>
+      <c r="P71" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>457</v>
+      </c>
+      <c r="B72" t="s">
+        <v>458</v>
+      </c>
+      <c r="C72" t="s">
+        <v>370</v>
+      </c>
+      <c r="D72" t="s">
+        <v>48</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1994</v>
+      </c>
+      <c r="I72">
+        <v>2003</v>
+      </c>
+      <c r="J72" t="s">
+        <v>371</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>380</v>
+      </c>
+      <c r="M72" t="s">
+        <v>372</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>459</v>
+      </c>
+      <c r="P72" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>460</v>
+      </c>
+      <c r="B73" t="s">
+        <v>461</v>
+      </c>
+      <c r="C73" t="s">
+        <v>462</v>
+      </c>
+      <c r="D73" t="s">
+        <v>48</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>57</v>
+      </c>
+      <c r="H73">
+        <v>2002</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>224</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>463</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>464</v>
+      </c>
+      <c r="P73" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>466</v>
+      </c>
+      <c r="B74" t="s">
+        <v>467</v>
+      </c>
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
+        <v>48</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1994</v>
+      </c>
+      <c r="I74">
+        <v>2004</v>
+      </c>
+      <c r="J74" t="s">
+        <v>371</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>468</v>
+      </c>
+      <c r="M74" t="s">
+        <v>372</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>469</v>
+      </c>
+      <c r="P74" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>470</v>
+      </c>
+      <c r="B75" t="s">
+        <v>471</v>
+      </c>
+      <c r="C75" t="s">
+        <v>215</v>
+      </c>
+      <c r="D75" t="s">
+        <v>42</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>306</v>
+      </c>
+      <c r="H75">
+        <v>2018</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>194</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>472</v>
+      </c>
+      <c r="M75" t="s">
+        <v>473</v>
+      </c>
+      <c r="N75" t="s">
+        <v>36</v>
+      </c>
+      <c r="O75" t="s">
+        <v>474</v>
+      </c>
+      <c r="P75" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>476</v>
+      </c>
+      <c r="B76" t="s">
+        <v>477</v>
+      </c>
+      <c r="C76" t="s">
+        <v>462</v>
+      </c>
+      <c r="D76" t="s">
+        <v>42</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2002</v>
+      </c>
+      <c r="I76">
+        <v>2006</v>
+      </c>
+      <c r="J76" t="s">
+        <v>224</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>478</v>
+      </c>
+      <c r="M76" t="s">
+        <v>463</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>479</v>
+      </c>
+      <c r="P76" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>481</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77" t="s">
+        <v>223</v>
+      </c>
+      <c r="D77" t="s">
+        <v>82</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>57</v>
+      </c>
+      <c r="H77">
+        <v>2021</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>180</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>226</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>482</v>
+      </c>
+      <c r="P77" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>484</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>223</v>
+      </c>
+      <c r="D78" t="s">
+        <v>48</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>57</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>180</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>226</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>485</v>
+      </c>
+      <c r="P78" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>486</v>
+      </c>
+      <c r="B79" t="s">
+        <v>487</v>
+      </c>
+      <c r="C79" t="s">
+        <v>223</v>
+      </c>
+      <c r="D79" t="s">
+        <v>193</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>57</v>
+      </c>
+      <c r="H79">
+        <v>2002</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>180</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>226</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>488</v>
+      </c>
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>489</v>
+      </c>
+      <c r="B80" t="s">
+        <v>490</v>
+      </c>
+      <c r="C80" t="s">
+        <v>223</v>
+      </c>
+      <c r="D80" t="s">
+        <v>42</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2002</v>
+      </c>
+      <c r="I80">
+        <v>2016</v>
+      </c>
+      <c r="J80" t="s">
+        <v>180</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>226</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>491</v>
+      </c>
+      <c r="P80" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>492</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>223</v>
+      </c>
+      <c r="D81" t="s">
+        <v>493</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>57</v>
+      </c>
+      <c r="H81">
+        <v>2010</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>180</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>226</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>494</v>
+      </c>
+      <c r="P81" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>495</v>
+      </c>
+      <c r="B82" t="s">
+        <v>496</v>
+      </c>
+      <c r="C82" t="s">
+        <v>330</v>
+      </c>
+      <c r="D82" t="s">
+        <v>497</v>
+      </c>
+      <c r="E82" t="s">
+        <v>118</v>
+      </c>
+      <c r="F82" t="s">
+        <v>498</v>
+      </c>
+      <c r="G82" t="s">
+        <v>57</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>351</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>499</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>500</v>
+      </c>
+      <c r="P82" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>502</v>
+      </c>
+      <c r="B83" t="s">
+        <v>503</v>
+      </c>
+      <c r="C83" t="s">
+        <v>330</v>
+      </c>
+      <c r="D83" t="s">
+        <v>497</v>
+      </c>
+      <c r="E83" t="s">
+        <v>118</v>
+      </c>
+      <c r="F83" t="s">
+        <v>498</v>
+      </c>
+      <c r="G83" t="s">
+        <v>57</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>351</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>353</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>504</v>
+      </c>
+      <c r="P83" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>506</v>
+      </c>
+      <c r="B84" t="s">
+        <v>507</v>
+      </c>
+      <c r="C84" t="s">
+        <v>330</v>
+      </c>
+      <c r="D84" t="s">
+        <v>497</v>
+      </c>
+      <c r="E84" t="s">
+        <v>118</v>
+      </c>
+      <c r="F84" t="s">
+        <v>498</v>
+      </c>
+      <c r="G84" t="s">
+        <v>57</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>351</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>353</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>508</v>
+      </c>
+      <c r="P84" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>510</v>
+      </c>
+      <c r="B85" t="s">
+        <v>511</v>
+      </c>
+      <c r="C85" t="s">
+        <v>330</v>
+      </c>
+      <c r="D85" t="s">
+        <v>42</v>
+      </c>
+      <c r="E85" t="s">
+        <v>118</v>
+      </c>
+      <c r="F85" t="s">
+        <v>498</v>
+      </c>
+      <c r="G85" t="s">
+        <v>57</v>
+      </c>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>351</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>353</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>512</v>
+      </c>
+      <c r="P85" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>514</v>
+      </c>
+      <c r="B86" t="s">
+        <v>515</v>
+      </c>
+      <c r="C86" t="s">
+        <v>330</v>
+      </c>
+      <c r="D86" t="s">
+        <v>364</v>
+      </c>
+      <c r="E86" t="s">
+        <v>118</v>
+      </c>
+      <c r="F86" t="s">
+        <v>498</v>
+      </c>
+      <c r="G86" t="s">
+        <v>57</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>351</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>353</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>516</v>
+      </c>
+      <c r="P86" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>518</v>
+      </c>
+      <c r="B87" t="s">
+        <v>519</v>
+      </c>
+      <c r="C87" t="s">
+        <v>520</v>
+      </c>
+      <c r="D87" t="s">
+        <v>521</v>
+      </c>
+      <c r="E87" t="s">
+        <v>118</v>
+      </c>
+      <c r="F87" t="s">
+        <v>56</v>
+      </c>
+      <c r="G87" t="s">
+        <v>57</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>224</v>
+      </c>
+      <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="N65" t="s">
-[...22 lines deleted...]
-      <c r="G66">
+      <c r="L87" t="s">
+        <v>522</v>
+      </c>
+      <c r="M87" t="s">
+        <v>523</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>524</v>
+      </c>
+      <c r="P87" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>526</v>
+      </c>
+      <c r="B88" t="s">
+        <v>527</v>
+      </c>
+      <c r="C88" t="s">
+        <v>387</v>
+      </c>
+      <c r="D88" t="s">
+        <v>42</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2002</v>
+      </c>
+      <c r="I88">
+        <v>2017</v>
+      </c>
+      <c r="J88" t="s">
+        <v>388</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>528</v>
+      </c>
+      <c r="M88" t="s">
+        <v>529</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>530</v>
+      </c>
+      <c r="P88" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>532</v>
+      </c>
+      <c r="B89" t="s">
+        <v>533</v>
+      </c>
+      <c r="C89" t="s">
+        <v>534</v>
+      </c>
+      <c r="D89" t="s">
+        <v>305</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>306</v>
+      </c>
+      <c r="H89">
+        <v>2024</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>535</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>536</v>
+      </c>
+      <c r="M89" t="s">
+        <v>537</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>538</v>
+      </c>
+      <c r="P89" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>540</v>
+      </c>
+      <c r="B90" t="s">
+        <v>541</v>
+      </c>
+      <c r="C90" t="s">
+        <v>192</v>
+      </c>
+      <c r="D90" t="s">
+        <v>117</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>110</v>
+      </c>
+      <c r="G90" t="s">
+        <v>57</v>
+      </c>
+      <c r="H90">
+        <v>2020</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>542</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>543</v>
+      </c>
+      <c r="M90" t="s">
+        <v>544</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>545</v>
+      </c>
+      <c r="P90" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>547</v>
+      </c>
+      <c r="B91" t="s">
+        <v>548</v>
+      </c>
+      <c r="C91" t="s">
+        <v>192</v>
+      </c>
+      <c r="D91" t="s">
+        <v>193</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>549</v>
+      </c>
+      <c r="H91">
+        <v>1997</v>
+      </c>
+      <c r="I91">
+        <v>2005</v>
+      </c>
+      <c r="J91" t="s">
+        <v>194</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>544</v>
+      </c>
+      <c r="N91" t="s">
+        <v>36</v>
+      </c>
+      <c r="O91" t="s">
+        <v>550</v>
+      </c>
+      <c r="P91" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>552</v>
+      </c>
+      <c r="B92" t="s">
+        <v>553</v>
+      </c>
+      <c r="C92" t="s">
+        <v>192</v>
+      </c>
+      <c r="D92" t="s">
+        <v>193</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2004</v>
+      </c>
+      <c r="I92">
+        <v>2025</v>
+      </c>
+      <c r="J92" t="s">
+        <v>542</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>554</v>
+      </c>
+      <c r="M92" t="s">
+        <v>544</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>555</v>
+      </c>
+      <c r="P92" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>557</v>
+      </c>
+      <c r="B93" t="s">
+        <v>558</v>
+      </c>
+      <c r="C93" t="s">
+        <v>192</v>
+      </c>
+      <c r="D93" t="s">
+        <v>42</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>8</v>
+      </c>
+      <c r="H93">
+        <v>2016</v>
+      </c>
+      <c r="I93">
+        <v>2025</v>
+      </c>
+      <c r="J93" t="s">
+        <v>542</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>559</v>
+      </c>
+      <c r="M93" t="s">
+        <v>544</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>560</v>
+      </c>
+      <c r="P93" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>562</v>
+      </c>
+      <c r="B94" t="s">
+        <v>563</v>
+      </c>
+      <c r="C94" t="s">
+        <v>192</v>
+      </c>
+      <c r="D94" t="s">
+        <v>193</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>57</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>194</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>564</v>
+      </c>
+      <c r="N94" t="s">
+        <v>36</v>
+      </c>
+      <c r="O94" t="s">
+        <v>565</v>
+      </c>
+      <c r="P94" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>567</v>
+      </c>
+      <c r="B95" t="s">
+        <v>568</v>
+      </c>
+      <c r="C95" t="s">
+        <v>569</v>
+      </c>
+      <c r="D95" t="s">
+        <v>42</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>57</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>570</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>571</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>572</v>
+      </c>
+      <c r="P95" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>574</v>
+      </c>
+      <c r="B96" t="s">
+        <v>575</v>
+      </c>
+      <c r="C96" t="s">
+        <v>200</v>
+      </c>
+      <c r="D96" t="s">
+        <v>201</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>110</v>
+      </c>
+      <c r="G96" t="s">
+        <v>57</v>
+      </c>
+      <c r="H96">
+        <v>2014</v>
+      </c>
+      <c r="I96">
+        <v>2024</v>
+      </c>
+      <c r="J96" t="s">
+        <v>576</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>577</v>
+      </c>
+      <c r="M96" t="s">
+        <v>203</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>578</v>
+      </c>
+      <c r="P96" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>580</v>
+      </c>
+      <c r="B97" t="s">
+        <v>581</v>
+      </c>
+      <c r="C97" t="s">
+        <v>582</v>
+      </c>
+      <c r="D97" t="s">
+        <v>48</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" t="s">
+        <v>57</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>237</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>583</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>584</v>
+      </c>
+      <c r="P97" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>586</v>
+      </c>
+      <c r="B98" t="s">
+        <v>587</v>
+      </c>
+      <c r="C98" t="s">
+        <v>582</v>
+      </c>
+      <c r="D98" t="s">
+        <v>48</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>56</v>
+      </c>
+      <c r="G98" t="s">
+        <v>57</v>
+      </c>
+      <c r="H98">
+        <v>2007</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>237</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>588</v>
+      </c>
+      <c r="M98" t="s">
+        <v>583</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>589</v>
+      </c>
+      <c r="P98" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>591</v>
+      </c>
+      <c r="B99" t="s">
+        <v>592</v>
+      </c>
+      <c r="C99" t="s">
+        <v>387</v>
+      </c>
+      <c r="D99" t="s">
+        <v>42</v>
+      </c>
+      <c r="E99" t="s">
+        <v>118</v>
+      </c>
+      <c r="F99" t="s">
+        <v>119</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1995</v>
+      </c>
+      <c r="I99">
+        <v>2019</v>
+      </c>
+      <c r="J99" t="s">
+        <v>388</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>593</v>
+      </c>
+      <c r="M99" t="s">
+        <v>594</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>595</v>
+      </c>
+      <c r="P99" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>597</v>
+      </c>
+      <c r="B100" t="s">
+        <v>598</v>
+      </c>
+      <c r="C100" t="s">
+        <v>387</v>
+      </c>
+      <c r="D100" t="s">
+        <v>48</v>
+      </c>
+      <c r="E100" t="s">
+        <v>118</v>
+      </c>
+      <c r="F100" t="s">
+        <v>119</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1993</v>
+      </c>
+      <c r="I100">
+        <v>2010</v>
+      </c>
+      <c r="J100" t="s">
+        <v>388</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>599</v>
+      </c>
+      <c r="M100" t="s">
+        <v>594</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>600</v>
+      </c>
+      <c r="P100" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>601</v>
+      </c>
+      <c r="B101" t="s">
+        <v>602</v>
+      </c>
+      <c r="C101" t="s">
+        <v>387</v>
+      </c>
+      <c r="D101" t="s">
+        <v>48</v>
+      </c>
+      <c r="E101" t="s">
+        <v>118</v>
+      </c>
+      <c r="F101" t="s">
+        <v>119</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1993</v>
+      </c>
+      <c r="I101">
         <v>2013</v>
       </c>
-      <c r="H66">
+      <c r="J101" t="s">
+        <v>388</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>603</v>
+      </c>
+      <c r="M101" t="s">
+        <v>594</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>604</v>
+      </c>
+      <c r="P101" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>606</v>
+      </c>
+      <c r="B102" t="s">
+        <v>607</v>
+      </c>
+      <c r="C102" t="s">
+        <v>608</v>
+      </c>
+      <c r="D102" t="s">
+        <v>201</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>56</v>
+      </c>
+      <c r="G102" t="s">
+        <v>57</v>
+      </c>
+      <c r="H102">
+        <v>2015</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>388</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>609</v>
+      </c>
+      <c r="M102" t="s">
+        <v>610</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>611</v>
+      </c>
+      <c r="P102" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>613</v>
+      </c>
+      <c r="B103" t="s">
+        <v>614</v>
+      </c>
+      <c r="C103" t="s">
+        <v>608</v>
+      </c>
+      <c r="D103" t="s">
+        <v>48</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>56</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
         <v>2014</v>
       </c>
-      <c r="I66" t="s">
-[...11 lines deleted...]
-      <c r="M66" t="s">
+      <c r="J103" t="s">
+        <v>237</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>615</v>
+      </c>
+      <c r="M103" t="s">
+        <v>610</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>616</v>
+      </c>
+      <c r="P103" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>618</v>
+      </c>
+      <c r="B104" t="s">
+        <v>619</v>
+      </c>
+      <c r="C104" t="s">
+        <v>620</v>
+      </c>
+      <c r="D104" t="s">
+        <v>621</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>110</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2017</v>
+      </c>
+      <c r="I104">
+        <v>2021</v>
+      </c>
+      <c r="J104" t="s">
+        <v>202</v>
+      </c>
+      <c r="K104" t="s">
+        <v>622</v>
+      </c>
+      <c r="L104" t="s">
+        <v>623</v>
+      </c>
+      <c r="M104" t="s">
+        <v>624</v>
+      </c>
+      <c r="N104" t="s">
+        <v>36</v>
+      </c>
+      <c r="O104" t="s">
+        <v>625</v>
+      </c>
+      <c r="P104" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>627</v>
+      </c>
+      <c r="B105" t="s">
+        <v>628</v>
+      </c>
+      <c r="C105" t="s">
+        <v>629</v>
+      </c>
+      <c r="D105" t="s">
+        <v>109</v>
+      </c>
+      <c r="E105" t="s">
+        <v>118</v>
+      </c>
+      <c r="F105" t="s">
+        <v>110</v>
+      </c>
+      <c r="G105" t="s">
+        <v>179</v>
+      </c>
+      <c r="H105"/>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>371</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>111</v>
+      </c>
+      <c r="M105" t="s">
+        <v>630</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>631</v>
+      </c>
+      <c r="P105" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>633</v>
+      </c>
+      <c r="B106" t="s">
+        <v>634</v>
+      </c>
+      <c r="C106" t="s">
+        <v>223</v>
+      </c>
+      <c r="D106" t="s">
+        <v>42</v>
+      </c>
+      <c r="E106" t="s">
+        <v>118</v>
+      </c>
+      <c r="F106" t="s">
+        <v>56</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106">
+        <v>2015</v>
+      </c>
+      <c r="J106" t="s">
+        <v>224</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>226</v>
+      </c>
+      <c r="N106" t="s">
+        <v>36</v>
+      </c>
+      <c r="O106" t="s">
+        <v>635</v>
+      </c>
+      <c r="P106" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>637</v>
+      </c>
+      <c r="B107" t="s">
+        <v>638</v>
+      </c>
+      <c r="C107" t="s">
+        <v>639</v>
+      </c>
+      <c r="D107" t="s">
+        <v>640</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
+      <c r="J107" t="s">
+        <v>33</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>641</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>642</v>
+      </c>
+      <c r="P107" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>644</v>
+      </c>
+      <c r="B108" t="s">
+        <v>645</v>
+      </c>
+      <c r="C108" t="s">
+        <v>646</v>
+      </c>
+      <c r="D108" t="s">
+        <v>647</v>
+      </c>
+      <c r="E108" t="s">
+        <v>118</v>
+      </c>
+      <c r="F108" t="s">
+        <v>56</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108">
+        <v>2018</v>
+      </c>
+      <c r="J108" t="s">
+        <v>396</v>
+      </c>
+      <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="N66" t="s">
-[...22 lines deleted...]
-      <c r="G67">
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>648</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>649</v>
+      </c>
+      <c r="P108" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>651</v>
+      </c>
+      <c r="B109" t="s">
+        <v>652</v>
+      </c>
+      <c r="C109" t="s">
+        <v>653</v>
+      </c>
+      <c r="D109" t="s">
+        <v>42</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>110</v>
+      </c>
+      <c r="G109" t="s">
+        <v>57</v>
+      </c>
+      <c r="H109">
+        <v>2019</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>654</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>655</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>656</v>
+      </c>
+      <c r="P109" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>658</v>
+      </c>
+      <c r="B110" t="s">
+        <v>659</v>
+      </c>
+      <c r="C110" t="s">
+        <v>660</v>
+      </c>
+      <c r="D110" t="s">
+        <v>661</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>56</v>
+      </c>
+      <c r="G110" t="s">
+        <v>57</v>
+      </c>
+      <c r="H110">
+        <v>2018</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>58</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>662</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>663</v>
+      </c>
+      <c r="P110" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>665</v>
+      </c>
+      <c r="B111" t="s">
+        <v>666</v>
+      </c>
+      <c r="C111" t="s">
+        <v>667</v>
+      </c>
+      <c r="D111" t="s">
+        <v>42</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>57</v>
+      </c>
+      <c r="H111">
+        <v>2016</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>371</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>668</v>
+      </c>
+      <c r="M111" t="s">
+        <v>669</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>670</v>
+      </c>
+      <c r="P111" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>672</v>
+      </c>
+      <c r="B112" t="s">
+        <v>673</v>
+      </c>
+      <c r="C112" t="s">
+        <v>674</v>
+      </c>
+      <c r="D112" t="s">
+        <v>48</v>
+      </c>
+      <c r="E112" t="s">
+        <v>118</v>
+      </c>
+      <c r="F112" t="s">
+        <v>110</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>2013</v>
       </c>
-      <c r="H67">
+      <c r="I112">
+        <v>2016</v>
+      </c>
+      <c r="J112" t="s">
+        <v>180</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>675</v>
+      </c>
+      <c r="M112" t="s">
+        <v>676</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>677</v>
+      </c>
+      <c r="P112" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>679</v>
+      </c>
+      <c r="B113" t="s">
+        <v>680</v>
+      </c>
+      <c r="C113" t="s">
+        <v>674</v>
+      </c>
+      <c r="D113" t="s">
+        <v>681</v>
+      </c>
+      <c r="E113" t="s">
+        <v>118</v>
+      </c>
+      <c r="F113" t="s">
+        <v>110</v>
+      </c>
+      <c r="G113" t="s">
+        <v>57</v>
+      </c>
+      <c r="H113">
+        <v>2021</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>180</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>682</v>
+      </c>
+      <c r="M113" t="s">
+        <v>676</v>
+      </c>
+      <c r="N113" t="s">
+        <v>36</v>
+      </c>
+      <c r="O113" t="s">
+        <v>683</v>
+      </c>
+      <c r="P113" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>685</v>
+      </c>
+      <c r="B114" t="s">
+        <v>686</v>
+      </c>
+      <c r="C114" t="s">
+        <v>674</v>
+      </c>
+      <c r="D114" t="s">
+        <v>681</v>
+      </c>
+      <c r="E114" t="s">
+        <v>118</v>
+      </c>
+      <c r="F114" t="s">
+        <v>110</v>
+      </c>
+      <c r="G114" t="s">
+        <v>57</v>
+      </c>
+      <c r="H114">
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>180</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>687</v>
+      </c>
+      <c r="M114" t="s">
+        <v>676</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>688</v>
+      </c>
+      <c r="P114" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>690</v>
+      </c>
+      <c r="B115" t="s">
+        <v>691</v>
+      </c>
+      <c r="C115" t="s">
+        <v>674</v>
+      </c>
+      <c r="D115" t="s">
+        <v>42</v>
+      </c>
+      <c r="E115" t="s">
+        <v>118</v>
+      </c>
+      <c r="F115" t="s">
+        <v>110</v>
+      </c>
+      <c r="G115" t="s">
+        <v>57</v>
+      </c>
+      <c r="H115">
+        <v>2010</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>180</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>692</v>
+      </c>
+      <c r="M115" t="s">
+        <v>676</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>693</v>
+      </c>
+      <c r="P115" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>695</v>
+      </c>
+      <c r="B116" t="s">
+        <v>696</v>
+      </c>
+      <c r="C116" t="s">
+        <v>192</v>
+      </c>
+      <c r="D116" t="s">
+        <v>42</v>
+      </c>
+      <c r="E116" t="s">
+        <v>118</v>
+      </c>
+      <c r="F116" t="s">
+        <v>119</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>1994</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>388</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>697</v>
+      </c>
+      <c r="M116" t="s">
+        <v>698</v>
+      </c>
+      <c r="N116" t="s">
+        <v>36</v>
+      </c>
+      <c r="O116" t="s">
+        <v>699</v>
+      </c>
+      <c r="P116" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>701</v>
+      </c>
+      <c r="B117" t="s">
+        <v>702</v>
+      </c>
+      <c r="C117" t="s">
+        <v>192</v>
+      </c>
+      <c r="D117" t="s">
+        <v>48</v>
+      </c>
+      <c r="E117" t="s">
+        <v>118</v>
+      </c>
+      <c r="F117" t="s">
+        <v>119</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>1996</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>388</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>703</v>
+      </c>
+      <c r="M117" t="s">
+        <v>698</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>704</v>
+      </c>
+      <c r="P117" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>706</v>
+      </c>
+      <c r="B118" t="s">
+        <v>707</v>
+      </c>
+      <c r="C118" t="s">
+        <v>192</v>
+      </c>
+      <c r="D118" t="s">
+        <v>48</v>
+      </c>
+      <c r="E118" t="s">
+        <v>118</v>
+      </c>
+      <c r="F118" t="s">
+        <v>119</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>1996</v>
+      </c>
+      <c r="I118">
+        <v>2012</v>
+      </c>
+      <c r="J118" t="s">
+        <v>388</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>708</v>
+      </c>
+      <c r="M118" t="s">
+        <v>698</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>709</v>
+      </c>
+      <c r="P118" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>711</v>
+      </c>
+      <c r="B119" t="s">
+        <v>712</v>
+      </c>
+      <c r="C119" t="s">
+        <v>192</v>
+      </c>
+      <c r="D119" t="s">
+        <v>193</v>
+      </c>
+      <c r="E119" t="s">
+        <v>118</v>
+      </c>
+      <c r="F119" t="s">
+        <v>119</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>1999</v>
+      </c>
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>388</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>713</v>
+      </c>
+      <c r="M119" t="s">
+        <v>698</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>714</v>
+      </c>
+      <c r="P119" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>716</v>
+      </c>
+      <c r="B120" t="s">
+        <v>717</v>
+      </c>
+      <c r="C120" t="s">
+        <v>192</v>
+      </c>
+      <c r="D120" t="s">
+        <v>48</v>
+      </c>
+      <c r="E120" t="s">
+        <v>118</v>
+      </c>
+      <c r="F120" t="s">
+        <v>119</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2004</v>
+      </c>
+      <c r="I120">
+        <v>2012</v>
+      </c>
+      <c r="J120" t="s">
+        <v>388</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>703</v>
+      </c>
+      <c r="M120" t="s">
+        <v>698</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>718</v>
+      </c>
+      <c r="P120" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>720</v>
+      </c>
+      <c r="B121" t="s">
+        <v>721</v>
+      </c>
+      <c r="C121" t="s">
+        <v>192</v>
+      </c>
+      <c r="D121" t="s">
+        <v>48</v>
+      </c>
+      <c r="E121" t="s">
+        <v>118</v>
+      </c>
+      <c r="F121" t="s">
+        <v>119</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2005</v>
+      </c>
+      <c r="I121">
+        <v>2012</v>
+      </c>
+      <c r="J121" t="s">
+        <v>388</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>722</v>
+      </c>
+      <c r="M121" t="s">
+        <v>698</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>723</v>
+      </c>
+      <c r="P121" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>725</v>
+      </c>
+      <c r="B122" t="s">
+        <v>726</v>
+      </c>
+      <c r="C122" t="s">
+        <v>192</v>
+      </c>
+      <c r="D122" t="s">
+        <v>48</v>
+      </c>
+      <c r="E122" t="s">
+        <v>118</v>
+      </c>
+      <c r="F122" t="s">
+        <v>119</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2007</v>
+      </c>
+      <c r="I122">
+        <v>2012</v>
+      </c>
+      <c r="J122" t="s">
+        <v>388</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>727</v>
+      </c>
+      <c r="M122" t="s">
+        <v>698</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>728</v>
+      </c>
+      <c r="P122" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>730</v>
+      </c>
+      <c r="B123" t="s">
+        <v>731</v>
+      </c>
+      <c r="C123" t="s">
+        <v>192</v>
+      </c>
+      <c r="D123" t="s">
+        <v>82</v>
+      </c>
+      <c r="E123" t="s">
+        <v>118</v>
+      </c>
+      <c r="F123" t="s">
+        <v>119</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2008</v>
+      </c>
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>388</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>732</v>
+      </c>
+      <c r="M123" t="s">
+        <v>698</v>
+      </c>
+      <c r="N123" t="s">
+        <v>36</v>
+      </c>
+      <c r="O123" t="s">
+        <v>733</v>
+      </c>
+      <c r="P123" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>735</v>
+      </c>
+      <c r="B124" t="s">
+        <v>736</v>
+      </c>
+      <c r="C124" t="s">
+        <v>192</v>
+      </c>
+      <c r="D124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E124" t="s">
+        <v>118</v>
+      </c>
+      <c r="F124" t="s">
+        <v>119</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>1994</v>
+      </c>
+      <c r="I124">
+        <v>2012</v>
+      </c>
+      <c r="J124" t="s">
+        <v>371</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>737</v>
+      </c>
+      <c r="M124" t="s">
+        <v>738</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>739</v>
+      </c>
+      <c r="P124" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>741</v>
+      </c>
+      <c r="B125" t="s">
+        <v>742</v>
+      </c>
+      <c r="C125" t="s">
+        <v>192</v>
+      </c>
+      <c r="D125" t="s">
+        <v>42</v>
+      </c>
+      <c r="E125" t="s">
+        <v>118</v>
+      </c>
+      <c r="F125" t="s">
+        <v>119</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125">
+        <v>2012</v>
+      </c>
+      <c r="J125" t="s">
+        <v>388</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>743</v>
+      </c>
+      <c r="M125" t="s">
+        <v>698</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>744</v>
+      </c>
+      <c r="P125" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>746</v>
+      </c>
+      <c r="B126" t="s">
+        <v>747</v>
+      </c>
+      <c r="C126" t="s">
+        <v>192</v>
+      </c>
+      <c r="D126" t="s">
+        <v>748</v>
+      </c>
+      <c r="E126" t="s">
+        <v>118</v>
+      </c>
+      <c r="F126" t="s">
+        <v>119</v>
+      </c>
+      <c r="G126" t="s">
+        <v>57</v>
+      </c>
+      <c r="H126">
+        <v>2011</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>388</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>749</v>
+      </c>
+      <c r="M126" t="s">
+        <v>698</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>750</v>
+      </c>
+      <c r="P126" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>752</v>
+      </c>
+      <c r="B127" t="s">
+        <v>753</v>
+      </c>
+      <c r="C127" t="s">
+        <v>192</v>
+      </c>
+      <c r="D127" t="s">
+        <v>193</v>
+      </c>
+      <c r="E127" t="s">
+        <v>118</v>
+      </c>
+      <c r="F127" t="s">
+        <v>119</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2010</v>
+      </c>
+      <c r="I127">
+        <v>2012</v>
+      </c>
+      <c r="J127" t="s">
+        <v>388</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>754</v>
+      </c>
+      <c r="M127" t="s">
+        <v>698</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>755</v>
+      </c>
+      <c r="P127" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>757</v>
+      </c>
+      <c r="B128" t="s">
+        <v>757</v>
+      </c>
+      <c r="C128" t="s">
+        <v>758</v>
+      </c>
+      <c r="D128" t="s">
+        <v>48</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>110</v>
+      </c>
+      <c r="G128" t="s">
+        <v>57</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>202</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>759</v>
+      </c>
+      <c r="M128" t="s">
+        <v>760</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>761</v>
+      </c>
+      <c r="P128" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>763</v>
+      </c>
+      <c r="B129" t="s">
+        <v>764</v>
+      </c>
+      <c r="C129" t="s">
+        <v>192</v>
+      </c>
+      <c r="D129" t="s">
+        <v>42</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>765</v>
+      </c>
+      <c r="H129">
+        <v>2010</v>
+      </c>
+      <c r="I129">
+        <v>2016</v>
+      </c>
+      <c r="J129" t="s">
+        <v>194</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>766</v>
+      </c>
+      <c r="M129" t="s">
+        <v>544</v>
+      </c>
+      <c r="N129" t="s">
+        <v>36</v>
+      </c>
+      <c r="O129" t="s">
+        <v>767</v>
+      </c>
+      <c r="P129" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>769</v>
+      </c>
+      <c r="B130" t="s">
+        <v>770</v>
+      </c>
+      <c r="C130" t="s">
+        <v>771</v>
+      </c>
+      <c r="D130" t="s">
+        <v>772</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>57</v>
+      </c>
+      <c r="H130">
+        <v>2016</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>180</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>773</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>774</v>
+      </c>
+      <c r="P130" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>776</v>
+      </c>
+      <c r="B131" t="s">
+        <v>777</v>
+      </c>
+      <c r="C131" t="s">
+        <v>771</v>
+      </c>
+      <c r="D131" t="s">
+        <v>778</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>56</v>
+      </c>
+      <c r="G131" t="s">
+        <v>57</v>
+      </c>
+      <c r="H131">
+        <v>2017</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>180</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>773</v>
+      </c>
+      <c r="N131" t="s">
+        <v>36</v>
+      </c>
+      <c r="O131" t="s">
+        <v>779</v>
+      </c>
+      <c r="P131" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>781</v>
+      </c>
+      <c r="B132" t="s">
+        <v>782</v>
+      </c>
+      <c r="C132" t="s">
+        <v>168</v>
+      </c>
+      <c r="D132" t="s">
+        <v>42</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2005</v>
+      </c>
+      <c r="I132">
+        <v>2015</v>
+      </c>
+      <c r="J132" t="s">
+        <v>171</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>783</v>
+      </c>
+      <c r="M132" t="s">
+        <v>172</v>
+      </c>
+      <c r="N132" t="s">
+        <v>36</v>
+      </c>
+      <c r="O132" t="s">
+        <v>784</v>
+      </c>
+      <c r="P132" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>786</v>
+      </c>
+      <c r="B133" t="s">
+        <v>787</v>
+      </c>
+      <c r="C133" t="s">
+        <v>168</v>
+      </c>
+      <c r="D133" t="s">
+        <v>48</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2008</v>
+      </c>
+      <c r="I133">
+        <v>2015</v>
+      </c>
+      <c r="J133" t="s">
+        <v>171</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>788</v>
+      </c>
+      <c r="M133" t="s">
+        <v>172</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>789</v>
+      </c>
+      <c r="P133" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>791</v>
+      </c>
+      <c r="B134" t="s">
+        <v>792</v>
+      </c>
+      <c r="C134" t="s">
+        <v>168</v>
+      </c>
+      <c r="D134" t="s">
+        <v>48</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2009</v>
+      </c>
+      <c r="I134">
+        <v>2013</v>
+      </c>
+      <c r="J134" t="s">
+        <v>171</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>788</v>
+      </c>
+      <c r="M134" t="s">
+        <v>172</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>793</v>
+      </c>
+      <c r="P134" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>795</v>
+      </c>
+      <c r="B135" t="s">
+        <v>796</v>
+      </c>
+      <c r="C135" t="s">
+        <v>639</v>
+      </c>
+      <c r="D135" t="s">
+        <v>797</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>56</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135">
+        <v>2016</v>
+      </c>
+      <c r="J135" t="s">
+        <v>33</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>641</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>798</v>
+      </c>
+      <c r="P135" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>800</v>
+      </c>
+      <c r="B136" t="s">
+        <v>801</v>
+      </c>
+      <c r="C136" t="s">
+        <v>330</v>
+      </c>
+      <c r="D136" t="s">
+        <v>42</v>
+      </c>
+      <c r="E136" t="s">
+        <v>118</v>
+      </c>
+      <c r="F136" t="s">
+        <v>119</v>
+      </c>
+      <c r="G136" t="s">
+        <v>57</v>
+      </c>
+      <c r="H136">
+        <v>1998</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>802</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>803</v>
+      </c>
+      <c r="M136" t="s">
+        <v>332</v>
+      </c>
+      <c r="N136" t="s">
+        <v>36</v>
+      </c>
+      <c r="O136" t="s">
+        <v>804</v>
+      </c>
+      <c r="P136" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>806</v>
+      </c>
+      <c r="B137" t="s">
+        <v>807</v>
+      </c>
+      <c r="C137" t="s">
+        <v>808</v>
+      </c>
+      <c r="D137" t="s">
+        <v>90</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>56</v>
+      </c>
+      <c r="G137" t="s">
+        <v>57</v>
+      </c>
+      <c r="H137">
+        <v>2021</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>809</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137"/>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>810</v>
+      </c>
+      <c r="P137" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>806</v>
+      </c>
+      <c r="B138" t="s">
+        <v>812</v>
+      </c>
+      <c r="C138" t="s">
+        <v>808</v>
+      </c>
+      <c r="D138" t="s">
+        <v>90</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>57</v>
+      </c>
+      <c r="H138">
+        <v>2021</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>809</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138"/>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>813</v>
+      </c>
+      <c r="P138" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>815</v>
+      </c>
+      <c r="B139" t="s">
+        <v>816</v>
+      </c>
+      <c r="C139" t="s">
+        <v>808</v>
+      </c>
+      <c r="D139" t="s">
+        <v>72</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>57</v>
+      </c>
+      <c r="H139">
+        <v>2021</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>809</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139"/>
+      <c r="N139" t="s">
+        <v>36</v>
+      </c>
+      <c r="O139" t="s">
+        <v>817</v>
+      </c>
+      <c r="P139" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>819</v>
+      </c>
+      <c r="B140" t="s">
+        <v>820</v>
+      </c>
+      <c r="C140" t="s">
+        <v>437</v>
+      </c>
+      <c r="D140" t="s">
+        <v>821</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>110</v>
+      </c>
+      <c r="G140" t="s">
+        <v>57</v>
+      </c>
+      <c r="H140">
+        <v>2016</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>822</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>823</v>
+      </c>
+      <c r="N140" t="s">
+        <v>36</v>
+      </c>
+      <c r="O140" t="s">
+        <v>824</v>
+      </c>
+      <c r="P140" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>826</v>
+      </c>
+      <c r="B141" t="s">
+        <v>827</v>
+      </c>
+      <c r="C141" t="s">
+        <v>828</v>
+      </c>
+      <c r="D141" t="s">
+        <v>48</v>
+      </c>
+      <c r="E141" t="s">
+        <v>118</v>
+      </c>
+      <c r="F141" t="s">
+        <v>119</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2004</v>
+      </c>
+      <c r="I141">
+        <v>2020</v>
+      </c>
+      <c r="J141" t="s">
+        <v>58</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>829</v>
+      </c>
+      <c r="M141" t="s">
+        <v>830</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>831</v>
+      </c>
+      <c r="P141" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>833</v>
+      </c>
+      <c r="B142" t="s">
+        <v>834</v>
+      </c>
+      <c r="C142" t="s">
+        <v>330</v>
+      </c>
+      <c r="D142" t="s">
+        <v>48</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>1978</v>
+      </c>
+      <c r="I142">
+        <v>2017</v>
+      </c>
+      <c r="J142" t="s">
+        <v>194</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>835</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>836</v>
+      </c>
+      <c r="P142" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>838</v>
+      </c>
+      <c r="B143" t="s">
+        <v>839</v>
+      </c>
+      <c r="C143" t="s">
+        <v>330</v>
+      </c>
+      <c r="D143" t="s">
+        <v>497</v>
+      </c>
+      <c r="E143" t="s">
+        <v>118</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>57</v>
+      </c>
+      <c r="H143">
         <v>2014</v>
       </c>
-      <c r="I67" t="s">
-[...37 lines deleted...]
-      <c r="G68">
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>351</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>835</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>840</v>
+      </c>
+      <c r="P143" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>842</v>
+      </c>
+      <c r="B144" t="s">
+        <v>843</v>
+      </c>
+      <c r="C144" t="s">
+        <v>330</v>
+      </c>
+      <c r="D144" t="s">
+        <v>497</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>57</v>
+      </c>
+      <c r="H144">
+        <v>2017</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>351</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>835</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>844</v>
+      </c>
+      <c r="P144" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>846</v>
+      </c>
+      <c r="B145" t="s">
+        <v>847</v>
+      </c>
+      <c r="C145" t="s">
+        <v>330</v>
+      </c>
+      <c r="D145" t="s">
+        <v>358</v>
+      </c>
+      <c r="E145" t="s">
+        <v>118</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>57</v>
+      </c>
+      <c r="H145">
+        <v>2007</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>351</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>835</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>848</v>
+      </c>
+      <c r="P145" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>850</v>
+      </c>
+      <c r="B146" t="s">
+        <v>851</v>
+      </c>
+      <c r="C146" t="s">
+        <v>852</v>
+      </c>
+      <c r="D146" t="s">
+        <v>853</v>
+      </c>
+      <c r="E146" t="s">
+        <v>118</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>57</v>
+      </c>
+      <c r="H146">
+        <v>2021</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>194</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>854</v>
+      </c>
+      <c r="M146" t="s">
+        <v>855</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>856</v>
+      </c>
+      <c r="P146"/>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>850</v>
+      </c>
+      <c r="B147" t="s">
+        <v>851</v>
+      </c>
+      <c r="C147" t="s">
+        <v>852</v>
+      </c>
+      <c r="D147" t="s">
+        <v>853</v>
+      </c>
+      <c r="E147" t="s">
+        <v>118</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>57</v>
+      </c>
+      <c r="H147">
+        <v>2021</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>194</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>854</v>
+      </c>
+      <c r="M147" t="s">
+        <v>855</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>857</v>
+      </c>
+      <c r="P147"/>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>858</v>
+      </c>
+      <c r="B148" t="s">
+        <v>859</v>
+      </c>
+      <c r="C148" t="s">
+        <v>860</v>
+      </c>
+      <c r="D148" t="s">
+        <v>109</v>
+      </c>
+      <c r="E148" t="s">
+        <v>118</v>
+      </c>
+      <c r="F148" t="s">
+        <v>110</v>
+      </c>
+      <c r="G148" t="s">
+        <v>57</v>
+      </c>
+      <c r="H148">
         <v>2016</v>
       </c>
-      <c r="H68">
-[...787 lines deleted...]
-      <c r="J87" t="s">
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>237</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>111</v>
+      </c>
+      <c r="M148" t="s">
+        <v>861</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>862</v>
+      </c>
+      <c r="P148" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>864</v>
+      </c>
+      <c r="B149" t="s">
+        <v>865</v>
+      </c>
+      <c r="C149" t="s">
+        <v>866</v>
+      </c>
+      <c r="D149" t="s">
+        <v>48</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>110</v>
+      </c>
+      <c r="G149" t="s">
+        <v>57</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>570</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>867</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>868</v>
+      </c>
+      <c r="P149" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>870</v>
+      </c>
+      <c r="B150" t="s">
+        <v>871</v>
+      </c>
+      <c r="C150" t="s">
+        <v>866</v>
+      </c>
+      <c r="D150" t="s">
+        <v>42</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
         <v>21</v>
       </c>
-      <c r="K87" t="s">
-[...669 lines deleted...]
-      <c r="G103">
+      <c r="G150" t="s">
+        <v>57</v>
+      </c>
+      <c r="H150">
         <v>2011</v>
       </c>
-      <c r="H103">
-[...1984 lines deleted...]
-      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150"/>
       <c r="M150" t="s">
-        <v>31</v>
+        <v>867</v>
       </c>
       <c r="N150" t="s">
-        <v>591</v>
+        <v>36</v>
+      </c>
+      <c r="O150" t="s">
+        <v>872</v>
+      </c>
+      <c r="P150" t="s">
+        <v>873</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>