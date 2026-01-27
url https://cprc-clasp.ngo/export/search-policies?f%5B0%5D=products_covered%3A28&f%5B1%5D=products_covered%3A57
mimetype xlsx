--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -1174,65 +1174,65 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>