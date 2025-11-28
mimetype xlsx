--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1358 +12,1924 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1627,4027 +2193,4582 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N93"/>
+  <dimension ref="A1:P93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>35</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>35</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>35</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>84</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>126</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>35</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" t="s">
+        <v>134</v>
+      </c>
+      <c r="F18" t="s">
+        <v>135</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>35</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>136</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>34</v>
+      </c>
+      <c r="N19" t="s">
+        <v>35</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>136</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>151</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>153</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D21" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" t="s">
+        <v>85</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>159</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>160</v>
+      </c>
+      <c r="N21" t="s">
+        <v>35</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" t="s">
+        <v>165</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>166</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>35</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>135</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>137</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>174</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>35</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24">
+        <v>2024</v>
+      </c>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>88</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>135</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>137</v>
+      </c>
+      <c r="K25" t="s">
+        <v>187</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>35</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>135</v>
+      </c>
+      <c r="G26" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26">
         <v>2006</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>137</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>35</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...14 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>51</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>53</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>50</v>
+      </c>
+      <c r="D28" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>86</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>53</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" t="s">
+        <v>50</v>
+      </c>
+      <c r="D29" t="s">
+        <v>58</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>52</v>
+      </c>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>50</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>215</v>
+      </c>
+      <c r="H30" t="s">
+        <v>216</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>217</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>209</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>218</v>
+      </c>
+      <c r="P30" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>220</v>
+      </c>
+      <c r="B31" t="s">
+        <v>221</v>
+      </c>
+      <c r="C31" t="s">
+        <v>50</v>
+      </c>
+      <c r="D31" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>222</v>
+      </c>
+      <c r="M31" t="s">
+        <v>209</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" t="s">
+        <v>83</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>43</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>51</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>227</v>
+      </c>
+      <c r="M32" t="s">
+        <v>209</v>
+      </c>
+      <c r="N32" t="s">
         <v>35</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>230</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" t="s">
+        <v>232</v>
+      </c>
+      <c r="D33" t="s">
+        <v>68</v>
+      </c>
+      <c r="E33" t="s">
+        <v>84</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>215</v>
+      </c>
+      <c r="H33">
+        <v>2025</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>233</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>234</v>
+      </c>
+      <c r="M33" t="s">
+        <v>235</v>
+      </c>
+      <c r="N33" t="s">
+        <v>35</v>
+      </c>
+      <c r="O33" t="s">
+        <v>236</v>
+      </c>
+      <c r="P33" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>238</v>
+      </c>
+      <c r="B34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C34" t="s">
+        <v>240</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>241</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>242</v>
+      </c>
+      <c r="M34" t="s">
+        <v>243</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>244</v>
+      </c>
+      <c r="P34" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>246</v>
+      </c>
+      <c r="B35" t="s">
+        <v>247</v>
+      </c>
+      <c r="C35" t="s">
+        <v>248</v>
+      </c>
+      <c r="D35" t="s">
+        <v>249</v>
+      </c>
+      <c r="E35" t="s">
+        <v>84</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>250</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>251</v>
+      </c>
+      <c r="M35" t="s">
+        <v>252</v>
+      </c>
+      <c r="N35" t="s">
+        <v>35</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" t="s">
+        <v>248</v>
+      </c>
+      <c r="D36" t="s">
+        <v>257</v>
+      </c>
+      <c r="E36" t="s">
+        <v>84</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>250</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>35</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>262</v>
+      </c>
+      <c r="C37" t="s">
+        <v>248</v>
+      </c>
+      <c r="D37" t="s">
+        <v>263</v>
+      </c>
+      <c r="E37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>43</v>
+      </c>
+      <c r="H37">
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>250</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>264</v>
+      </c>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>35</v>
+      </c>
+      <c r="O37" t="s">
+        <v>265</v>
+      </c>
+      <c r="P37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>267</v>
+      </c>
+      <c r="B38" t="s">
+        <v>268</v>
+      </c>
+      <c r="C38" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38" t="s">
+        <v>150</v>
+      </c>
+      <c r="E38" t="s">
+        <v>84</v>
+      </c>
+      <c r="F38" t="s">
+        <v>85</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>159</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>160</v>
+      </c>
+      <c r="N38" t="s">
+        <v>35</v>
+      </c>
+      <c r="O38" t="s">
+        <v>269</v>
+      </c>
+      <c r="P38" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" t="s">
+        <v>272</v>
+      </c>
+      <c r="C39" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" t="s">
+        <v>85</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>159</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>160</v>
+      </c>
+      <c r="N39" t="s">
+        <v>35</v>
+      </c>
+      <c r="O39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" t="s">
+        <v>275</v>
+      </c>
+      <c r="C40" t="s">
+        <v>276</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>277</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>278</v>
+      </c>
+      <c r="M40" t="s">
+        <v>279</v>
+      </c>
+      <c r="N40" t="s">
+        <v>35</v>
+      </c>
+      <c r="O40" t="s">
+        <v>280</v>
+      </c>
+      <c r="P40" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" t="s">
+        <v>284</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>285</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>286</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>287</v>
+      </c>
+      <c r="P41" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>289</v>
+      </c>
+      <c r="B42" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>284</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>42</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>285</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>286</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>291</v>
+      </c>
+      <c r="P42" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>293</v>
+      </c>
+      <c r="B43" t="s">
+        <v>294</v>
+      </c>
+      <c r="C43" t="s">
+        <v>295</v>
+      </c>
+      <c r="D43" t="s">
+        <v>83</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>135</v>
+      </c>
+      <c r="G43" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="H4"/>
-[...30 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>159</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>296</v>
+      </c>
+      <c r="M43" t="s">
+        <v>297</v>
+      </c>
+      <c r="N43" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...819 lines deleted...]
-      <c r="N24" t="s">
+      <c r="O43" t="s">
+        <v>298</v>
+      </c>
+      <c r="P43" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>300</v>
+      </c>
+      <c r="B44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>295</v>
+      </c>
+      <c r="D44" t="s">
+        <v>150</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>135</v>
       </c>
-    </row>
-[...822 lines deleted...]
-        <v>2012</v>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-        <v>118</v>
+      <c r="I44">
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="K44" t="s">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>213</v>
+        <v>302</v>
       </c>
       <c r="M44" t="s">
-        <v>30</v>
+        <v>297</v>
       </c>
       <c r="N44" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>35</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>218</v>
+        <v>304</v>
       </c>
       <c r="B45" t="s">
-        <v>211</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E45" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>135</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
-      <c r="I45" t="s">
-        <v>118</v>
+      <c r="I45">
+        <v>2012</v>
       </c>
       <c r="J45" t="s">
+        <v>159</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>297</v>
+      </c>
+      <c r="N45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O45" t="s">
+        <v>306</v>
+      </c>
+      <c r="P45" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>307</v>
+      </c>
+      <c r="B46" t="s">
+        <v>308</v>
+      </c>
+      <c r="C46" t="s">
+        <v>309</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45"/>
-[...29 lines deleted...]
-      <c r="G46">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2014</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
+        <v>86</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>310</v>
+      </c>
+      <c r="M46" t="s">
+        <v>311</v>
+      </c>
+      <c r="N46" t="s">
+        <v>35</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>316</v>
+      </c>
+      <c r="D47" t="s">
+        <v>165</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...31 lines deleted...]
-      <c r="G47">
+      <c r="G47" t="s">
+        <v>43</v>
+      </c>
+      <c r="H47">
         <v>2022</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
+        <v>317</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>318</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>319</v>
+      </c>
+      <c r="P47" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>321</v>
+      </c>
+      <c r="B48" t="s">
+        <v>322</v>
+      </c>
+      <c r="C48" t="s">
+        <v>323</v>
+      </c>
+      <c r="D48" t="s">
+        <v>150</v>
+      </c>
+      <c r="E48" t="s">
+        <v>84</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47"/>
-[...29 lines deleted...]
-      <c r="G48">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>1981</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2002</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
+        <v>324</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>325</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>326</v>
+      </c>
+      <c r="P48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>328</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49" t="s">
+        <v>158</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K48"/>
-[...29 lines deleted...]
-      <c r="G49">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2008</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2016</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
+        <v>159</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>160</v>
+      </c>
+      <c r="N49" t="s">
+        <v>35</v>
+      </c>
+      <c r="O49" t="s">
+        <v>330</v>
+      </c>
+      <c r="P49" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>332</v>
+      </c>
+      <c r="B50" t="s">
+        <v>333</v>
+      </c>
+      <c r="C50" t="s">
+        <v>172</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49"/>
-[...14 lines deleted...]
-      <c r="B50" t="s">
+      <c r="G50" t="s">
+        <v>215</v>
+      </c>
+      <c r="H50">
+        <v>2018</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>151</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>334</v>
+      </c>
+      <c r="M50" t="s">
+        <v>335</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>336</v>
+      </c>
+      <c r="P50" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>338</v>
+      </c>
+      <c r="B51" t="s">
+        <v>339</v>
+      </c>
+      <c r="C51" t="s">
+        <v>340</v>
+      </c>
+      <c r="D51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51">
+        <v>2006</v>
+      </c>
+      <c r="J51" t="s">
+        <v>324</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>341</v>
+      </c>
+      <c r="M51" t="s">
+        <v>342</v>
+      </c>
+      <c r="N51" t="s">
+        <v>35</v>
+      </c>
+      <c r="O51" t="s">
+        <v>343</v>
+      </c>
+      <c r="P51" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>345</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>323</v>
+      </c>
+      <c r="D52" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>43</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>137</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>346</v>
+      </c>
+      <c r="N52" t="s">
+        <v>35</v>
+      </c>
+      <c r="O52" t="s">
+        <v>347</v>
+      </c>
+      <c r="P52" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>349</v>
+      </c>
+      <c r="B53" t="s">
+        <v>350</v>
+      </c>
+      <c r="C53" t="s">
+        <v>323</v>
+      </c>
+      <c r="D53" t="s">
+        <v>150</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>43</v>
+      </c>
+      <c r="H53">
+        <v>2002</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>137</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>346</v>
+      </c>
+      <c r="N53" t="s">
+        <v>35</v>
+      </c>
+      <c r="O53" t="s">
+        <v>351</v>
+      </c>
+      <c r="P53"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>352</v>
+      </c>
+      <c r="B54" t="s">
+        <v>353</v>
+      </c>
+      <c r="C54" t="s">
+        <v>323</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2002</v>
+      </c>
+      <c r="I54">
+        <v>2016</v>
+      </c>
+      <c r="J54" t="s">
+        <v>137</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>346</v>
+      </c>
+      <c r="N54" t="s">
+        <v>35</v>
+      </c>
+      <c r="O54" t="s">
+        <v>354</v>
+      </c>
+      <c r="P54" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B55" t="s">
+        <v>356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>248</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>84</v>
+      </c>
+      <c r="F55" t="s">
+        <v>357</v>
+      </c>
+      <c r="G55" t="s">
+        <v>43</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>250</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>252</v>
+      </c>
+      <c r="N55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O55" t="s">
+        <v>358</v>
+      </c>
+      <c r="P55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>360</v>
+      </c>
+      <c r="B56" t="s">
+        <v>361</v>
+      </c>
+      <c r="C56" t="s">
+        <v>248</v>
+      </c>
+      <c r="D56" t="s">
+        <v>263</v>
+      </c>
+      <c r="E56" t="s">
+        <v>84</v>
+      </c>
+      <c r="F56" t="s">
+        <v>357</v>
+      </c>
+      <c r="G56" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>250</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>252</v>
+      </c>
+      <c r="N56" t="s">
+        <v>35</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>364</v>
+      </c>
+      <c r="B57" t="s">
+        <v>365</v>
+      </c>
+      <c r="C57" t="s">
+        <v>366</v>
+      </c>
+      <c r="D57" t="s">
+        <v>367</v>
+      </c>
+      <c r="E57" t="s">
+        <v>84</v>
+      </c>
+      <c r="F57" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" t="s">
+        <v>43</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>324</v>
+      </c>
+      <c r="K57" t="s">
+        <v>368</v>
+      </c>
+      <c r="L57" t="s">
+        <v>369</v>
+      </c>
+      <c r="M57" t="s">
+        <v>370</v>
+      </c>
+      <c r="N57" t="s">
+        <v>35</v>
+      </c>
+      <c r="O57" t="s">
+        <v>371</v>
+      </c>
+      <c r="P57" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>373</v>
+      </c>
+      <c r="B58" t="s">
+        <v>374</v>
+      </c>
+      <c r="C58" t="s">
+        <v>276</v>
+      </c>
+      <c r="D58" t="s">
+        <v>33</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>277</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>375</v>
+      </c>
+      <c r="M58" t="s">
+        <v>376</v>
+      </c>
+      <c r="N58" t="s">
+        <v>35</v>
+      </c>
+      <c r="O58" t="s">
+        <v>377</v>
+      </c>
+      <c r="P58" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>379</v>
+      </c>
+      <c r="B59" t="s">
+        <v>380</v>
+      </c>
+      <c r="C59" t="s">
+        <v>381</v>
+      </c>
+      <c r="D59" t="s">
+        <v>214</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>215</v>
+      </c>
+      <c r="H59">
+        <v>2024</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>382</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>383</v>
+      </c>
+      <c r="M59" t="s">
+        <v>384</v>
+      </c>
+      <c r="N59" t="s">
+        <v>35</v>
+      </c>
+      <c r="O59" t="s">
+        <v>385</v>
+      </c>
+      <c r="P59" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>387</v>
+      </c>
+      <c r="B60" t="s">
+        <v>388</v>
+      </c>
+      <c r="C60" t="s">
+        <v>149</v>
+      </c>
+      <c r="D60" t="s">
+        <v>83</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>135</v>
+      </c>
+      <c r="G60" t="s">
+        <v>43</v>
+      </c>
+      <c r="H60">
+        <v>2020</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>389</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>390</v>
+      </c>
+      <c r="M60" t="s">
+        <v>391</v>
+      </c>
+      <c r="N60" t="s">
+        <v>35</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>394</v>
+      </c>
+      <c r="B61" t="s">
+        <v>395</v>
+      </c>
+      <c r="C61" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" t="s">
+        <v>150</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1997</v>
+      </c>
+      <c r="I61">
+        <v>2005</v>
+      </c>
+      <c r="J61" t="s">
+        <v>151</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>391</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>396</v>
+      </c>
+      <c r="P61" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>398</v>
+      </c>
+      <c r="B62" t="s">
+        <v>399</v>
+      </c>
+      <c r="C62" t="s">
+        <v>149</v>
+      </c>
+      <c r="D62" t="s">
+        <v>150</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>8</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62">
+        <v>2025</v>
+      </c>
+      <c r="J62" t="s">
+        <v>389</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>400</v>
+      </c>
+      <c r="M62" t="s">
+        <v>391</v>
+      </c>
+      <c r="N62" t="s">
+        <v>35</v>
+      </c>
+      <c r="O62" t="s">
+        <v>401</v>
+      </c>
+      <c r="P62" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>403</v>
+      </c>
+      <c r="B63" t="s">
+        <v>404</v>
+      </c>
+      <c r="C63" t="s">
+        <v>149</v>
+      </c>
+      <c r="D63" t="s">
+        <v>33</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>8</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63">
+        <v>2025</v>
+      </c>
+      <c r="J63" t="s">
+        <v>389</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>405</v>
+      </c>
+      <c r="M63" t="s">
+        <v>391</v>
+      </c>
+      <c r="N63" t="s">
+        <v>35</v>
+      </c>
+      <c r="O63" t="s">
+        <v>406</v>
+      </c>
+      <c r="P63" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>408</v>
+      </c>
+      <c r="B64" t="s">
+        <v>409</v>
+      </c>
+      <c r="C64" t="s">
+        <v>149</v>
+      </c>
+      <c r="D64" t="s">
+        <v>150</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>151</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>410</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>411</v>
+      </c>
+      <c r="P64" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>413</v>
+      </c>
+      <c r="B65" t="s">
+        <v>414</v>
+      </c>
+      <c r="C65" t="s">
+        <v>415</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65">
+        <v>2010</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>416</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>417</v>
+      </c>
+      <c r="N65" t="s">
+        <v>35</v>
+      </c>
+      <c r="O65" t="s">
+        <v>418</v>
+      </c>
+      <c r="P65" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>420</v>
+      </c>
+      <c r="B66" t="s">
+        <v>421</v>
+      </c>
+      <c r="C66" t="s">
+        <v>164</v>
+      </c>
+      <c r="D66" t="s">
+        <v>165</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>135</v>
+      </c>
+      <c r="G66" t="s">
+        <v>43</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
+      <c r="J66" t="s">
+        <v>422</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>423</v>
+      </c>
+      <c r="M66" t="s">
+        <v>167</v>
+      </c>
+      <c r="N66" t="s">
+        <v>35</v>
+      </c>
+      <c r="O66" t="s">
+        <v>424</v>
+      </c>
+      <c r="P66" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>426</v>
+      </c>
+      <c r="B67" t="s">
+        <v>427</v>
+      </c>
+      <c r="C67" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" t="s">
+        <v>33</v>
+      </c>
+      <c r="E67" t="s">
+        <v>84</v>
+      </c>
+      <c r="F67" t="s">
+        <v>85</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1995</v>
+      </c>
+      <c r="I67">
+        <v>2019</v>
+      </c>
+      <c r="J67" t="s">
+        <v>277</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>428</v>
+      </c>
+      <c r="M67" t="s">
+        <v>429</v>
+      </c>
+      <c r="N67" t="s">
+        <v>35</v>
+      </c>
+      <c r="O67" t="s">
+        <v>430</v>
+      </c>
+      <c r="P67" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>432</v>
+      </c>
+      <c r="B68" t="s">
+        <v>433</v>
+      </c>
+      <c r="C68" t="s">
+        <v>434</v>
+      </c>
+      <c r="D68" t="s">
+        <v>165</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>42</v>
+      </c>
+      <c r="G68" t="s">
+        <v>43</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>277</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>435</v>
+      </c>
+      <c r="M68" t="s">
+        <v>436</v>
+      </c>
+      <c r="N68" t="s">
+        <v>35</v>
+      </c>
+      <c r="O68" t="s">
+        <v>437</v>
+      </c>
+      <c r="P68" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>439</v>
+      </c>
+      <c r="B69" t="s">
+        <v>440</v>
+      </c>
+      <c r="C69" t="s">
+        <v>441</v>
+      </c>
+      <c r="D69" t="s">
+        <v>442</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>135</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2017</v>
+      </c>
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>166</v>
+      </c>
+      <c r="K69" t="s">
+        <v>443</v>
+      </c>
+      <c r="L69" t="s">
+        <v>444</v>
+      </c>
+      <c r="M69" t="s">
+        <v>445</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>446</v>
+      </c>
+      <c r="P69" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>448</v>
+      </c>
+      <c r="B70" t="s">
+        <v>449</v>
+      </c>
+      <c r="C70" t="s">
+        <v>450</v>
+      </c>
+      <c r="D70" t="s">
+        <v>113</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>135</v>
+      </c>
+      <c r="G70" t="s">
+        <v>215</v>
+      </c>
+      <c r="H70">
+        <v>2024</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>451</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>452</v>
+      </c>
+      <c r="M70" t="s">
+        <v>453</v>
+      </c>
+      <c r="N70" t="s">
+        <v>35</v>
+      </c>
+      <c r="O70" t="s">
+        <v>454</v>
+      </c>
+      <c r="P70" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>456</v>
+      </c>
+      <c r="B71" t="s">
+        <v>457</v>
+      </c>
+      <c r="C71" t="s">
+        <v>323</v>
+      </c>
+      <c r="D71" t="s">
+        <v>33</v>
+      </c>
+      <c r="E71" t="s">
+        <v>84</v>
+      </c>
+      <c r="F71" t="s">
+        <v>42</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2015</v>
+      </c>
+      <c r="J71" t="s">
+        <v>324</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>346</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>458</v>
+      </c>
+      <c r="P71" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>460</v>
+      </c>
+      <c r="B72" t="s">
+        <v>461</v>
+      </c>
+      <c r="C72" t="s">
+        <v>462</v>
+      </c>
+      <c r="D72" t="s">
+        <v>463</v>
+      </c>
+      <c r="E72" t="s">
+        <v>84</v>
+      </c>
+      <c r="F72" t="s">
+        <v>42</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>285</v>
+      </c>
+      <c r="K72" t="s">
+        <v>368</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>464</v>
+      </c>
+      <c r="N72" t="s">
+        <v>35</v>
+      </c>
+      <c r="O72" t="s">
+        <v>465</v>
+      </c>
+      <c r="P72" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>467</v>
+      </c>
+      <c r="B73" t="s">
+        <v>468</v>
+      </c>
+      <c r="C73" t="s">
+        <v>469</v>
+      </c>
+      <c r="D73" t="s">
+        <v>33</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>135</v>
+      </c>
+      <c r="G73" t="s">
+        <v>43</v>
+      </c>
+      <c r="H73">
+        <v>2019</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>470</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>471</v>
+      </c>
+      <c r="N73" t="s">
+        <v>35</v>
+      </c>
+      <c r="O73" t="s">
+        <v>472</v>
+      </c>
+      <c r="P73" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>474</v>
+      </c>
+      <c r="B74" t="s">
+        <v>475</v>
+      </c>
+      <c r="C74" t="s">
+        <v>476</v>
+      </c>
+      <c r="D74" t="s">
+        <v>33</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>43</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>159</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>477</v>
+      </c>
+      <c r="M74" t="s">
+        <v>478</v>
+      </c>
+      <c r="N74" t="s">
+        <v>35</v>
+      </c>
+      <c r="O74" t="s">
+        <v>479</v>
+      </c>
+      <c r="P74" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>481</v>
+      </c>
+      <c r="B75" t="s">
+        <v>482</v>
+      </c>
+      <c r="C75" t="s">
+        <v>483</v>
+      </c>
+      <c r="D75" t="s">
+        <v>484</v>
+      </c>
+      <c r="E75" t="s">
+        <v>84</v>
+      </c>
+      <c r="F75" t="s">
+        <v>135</v>
+      </c>
+      <c r="G75" t="s">
+        <v>43</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>137</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>485</v>
+      </c>
+      <c r="M75" t="s">
+        <v>486</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>487</v>
+      </c>
+      <c r="P75" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>489</v>
+      </c>
+      <c r="B76" t="s">
+        <v>490</v>
+      </c>
+      <c r="C76" t="s">
+        <v>483</v>
+      </c>
+      <c r="D76" t="s">
+        <v>484</v>
+      </c>
+      <c r="E76" t="s">
+        <v>84</v>
+      </c>
+      <c r="F76" t="s">
+        <v>135</v>
+      </c>
+      <c r="G76" t="s">
+        <v>43</v>
+      </c>
+      <c r="H76">
+        <v>2021</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>137</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>491</v>
+      </c>
+      <c r="M76" t="s">
+        <v>486</v>
+      </c>
+      <c r="N76" t="s">
+        <v>35</v>
+      </c>
+      <c r="O76" t="s">
+        <v>492</v>
+      </c>
+      <c r="P76" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>494</v>
+      </c>
+      <c r="B77" t="s">
+        <v>495</v>
+      </c>
+      <c r="C77" t="s">
+        <v>483</v>
+      </c>
+      <c r="D77" t="s">
+        <v>33</v>
+      </c>
+      <c r="E77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F77" t="s">
+        <v>135</v>
+      </c>
+      <c r="G77" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77">
+        <v>2010</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>137</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>496</v>
+      </c>
+      <c r="M77" t="s">
+        <v>486</v>
+      </c>
+      <c r="N77" t="s">
+        <v>35</v>
+      </c>
+      <c r="O77" t="s">
+        <v>497</v>
+      </c>
+      <c r="P77" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>499</v>
+      </c>
+      <c r="B78" t="s">
+        <v>500</v>
+      </c>
+      <c r="C78" t="s">
+        <v>149</v>
+      </c>
+      <c r="D78" t="s">
+        <v>33</v>
+      </c>
+      <c r="E78" t="s">
+        <v>84</v>
+      </c>
+      <c r="F78" t="s">
+        <v>85</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1994</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>277</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>501</v>
+      </c>
+      <c r="M78" t="s">
+        <v>502</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>503</v>
+      </c>
+      <c r="P78" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>505</v>
+      </c>
+      <c r="B79" t="s">
+        <v>506</v>
+      </c>
+      <c r="C79" t="s">
+        <v>149</v>
+      </c>
+      <c r="D79" t="s">
+        <v>150</v>
+      </c>
+      <c r="E79" t="s">
+        <v>84</v>
+      </c>
+      <c r="F79" t="s">
+        <v>85</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1999</v>
+      </c>
+      <c r="I79">
+        <v>2012</v>
+      </c>
+      <c r="J79" t="s">
+        <v>277</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>507</v>
+      </c>
+      <c r="M79" t="s">
+        <v>502</v>
+      </c>
+      <c r="N79" t="s">
+        <v>35</v>
+      </c>
+      <c r="O79" t="s">
+        <v>508</v>
+      </c>
+      <c r="P79" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>510</v>
+      </c>
+      <c r="B80" t="s">
+        <v>511</v>
+      </c>
+      <c r="C80" t="s">
+        <v>149</v>
+      </c>
+      <c r="D80" t="s">
+        <v>68</v>
+      </c>
+      <c r="E80" t="s">
+        <v>84</v>
+      </c>
+      <c r="F80" t="s">
+        <v>85</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2008</v>
+      </c>
+      <c r="I80">
+        <v>2012</v>
+      </c>
+      <c r="J80" t="s">
+        <v>277</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>512</v>
+      </c>
+      <c r="M80" t="s">
+        <v>502</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>513</v>
+      </c>
+      <c r="P80" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>515</v>
+      </c>
+      <c r="B81" t="s">
+        <v>516</v>
+      </c>
+      <c r="C81" t="s">
+        <v>149</v>
+      </c>
+      <c r="D81" t="s">
+        <v>33</v>
+      </c>
+      <c r="E81" t="s">
+        <v>84</v>
+      </c>
+      <c r="F81" t="s">
+        <v>85</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1994</v>
+      </c>
+      <c r="I81">
+        <v>2012</v>
+      </c>
+      <c r="J81" t="s">
+        <v>159</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>517</v>
+      </c>
+      <c r="M81" t="s">
+        <v>518</v>
+      </c>
+      <c r="N81" t="s">
+        <v>35</v>
+      </c>
+      <c r="O81" t="s">
+        <v>519</v>
+      </c>
+      <c r="P81" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>521</v>
+      </c>
+      <c r="B82" t="s">
+        <v>522</v>
+      </c>
+      <c r="C82" t="s">
+        <v>149</v>
+      </c>
+      <c r="D82" t="s">
+        <v>33</v>
+      </c>
+      <c r="E82" t="s">
+        <v>84</v>
+      </c>
+      <c r="F82" t="s">
+        <v>85</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>277</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>523</v>
+      </c>
+      <c r="M82" t="s">
+        <v>502</v>
+      </c>
+      <c r="N82" t="s">
+        <v>35</v>
+      </c>
+      <c r="O82" t="s">
+        <v>524</v>
+      </c>
+      <c r="P82" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>526</v>
+      </c>
+      <c r="B83" t="s">
+        <v>527</v>
+      </c>
+      <c r="C83" t="s">
+        <v>149</v>
+      </c>
+      <c r="D83" t="s">
+        <v>528</v>
+      </c>
+      <c r="E83" t="s">
+        <v>84</v>
+      </c>
+      <c r="F83" t="s">
+        <v>85</v>
+      </c>
+      <c r="G83" t="s">
+        <v>43</v>
+      </c>
+      <c r="H83">
+        <v>2011</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>277</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>529</v>
+      </c>
+      <c r="M83" t="s">
+        <v>502</v>
+      </c>
+      <c r="N83" t="s">
+        <v>35</v>
+      </c>
+      <c r="O83" t="s">
+        <v>530</v>
+      </c>
+      <c r="P83" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>532</v>
+      </c>
+      <c r="B84" t="s">
+        <v>533</v>
+      </c>
+      <c r="C84" t="s">
+        <v>149</v>
+      </c>
+      <c r="D84" t="s">
+        <v>150</v>
+      </c>
+      <c r="E84" t="s">
+        <v>84</v>
+      </c>
+      <c r="F84" t="s">
+        <v>85</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2010</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>277</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>534</v>
+      </c>
+      <c r="M84" t="s">
+        <v>502</v>
+      </c>
+      <c r="N84" t="s">
+        <v>35</v>
+      </c>
+      <c r="O84" t="s">
+        <v>535</v>
+      </c>
+      <c r="P84" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>537</v>
+      </c>
+      <c r="B85" t="s">
+        <v>538</v>
+      </c>
+      <c r="C85" t="s">
+        <v>149</v>
+      </c>
+      <c r="D85" t="s">
+        <v>33</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2010</v>
+      </c>
+      <c r="I85">
+        <v>2016</v>
+      </c>
+      <c r="J85" t="s">
+        <v>151</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>539</v>
+      </c>
+      <c r="M85" t="s">
+        <v>391</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>540</v>
+      </c>
+      <c r="P85" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>542</v>
+      </c>
+      <c r="B86" t="s">
+        <v>543</v>
+      </c>
+      <c r="C86" t="s">
+        <v>544</v>
+      </c>
+      <c r="D86" t="s">
+        <v>545</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>43</v>
+      </c>
+      <c r="H86">
+        <v>2016</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>137</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>546</v>
+      </c>
+      <c r="N86" t="s">
+        <v>35</v>
+      </c>
+      <c r="O86" t="s">
+        <v>547</v>
+      </c>
+      <c r="P86" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>549</v>
+      </c>
+      <c r="B87" t="s">
+        <v>550</v>
+      </c>
+      <c r="C87" t="s">
+        <v>124</v>
+      </c>
+      <c r="D87" t="s">
+        <v>33</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2005</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>127</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>551</v>
+      </c>
+      <c r="M87" t="s">
         <v>128</v>
       </c>
-      <c r="C50" t="s">
-[...18 lines deleted...]
-      <c r="J50" t="s">
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>552</v>
+      </c>
+      <c r="P87" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>554</v>
+      </c>
+      <c r="B88" t="s">
+        <v>555</v>
+      </c>
+      <c r="C88" t="s">
+        <v>556</v>
+      </c>
+      <c r="D88" t="s">
+        <v>557</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>42</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2009</v>
+      </c>
+      <c r="I88">
+        <v>2016</v>
+      </c>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>368</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>558</v>
+      </c>
+      <c r="N88" t="s">
+        <v>35</v>
+      </c>
+      <c r="O88" t="s">
+        <v>559</v>
+      </c>
+      <c r="P88" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>561</v>
+      </c>
+      <c r="B89" t="s">
+        <v>562</v>
+      </c>
+      <c r="C89" t="s">
+        <v>248</v>
+      </c>
+      <c r="D89" t="s">
+        <v>33</v>
+      </c>
+      <c r="E89" t="s">
+        <v>84</v>
+      </c>
+      <c r="F89" t="s">
+        <v>85</v>
+      </c>
+      <c r="G89" t="s">
+        <v>43</v>
+      </c>
+      <c r="H89">
+        <v>1998</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>563</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>564</v>
+      </c>
+      <c r="M89" t="s">
+        <v>565</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>566</v>
+      </c>
+      <c r="P89" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>568</v>
+      </c>
+      <c r="B90" t="s">
+        <v>569</v>
+      </c>
+      <c r="C90" t="s">
+        <v>570</v>
+      </c>
+      <c r="D90" t="s">
+        <v>58</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...40 lines deleted...]
-      <c r="J51" t="s">
+      <c r="G90" t="s">
+        <v>43</v>
+      </c>
+      <c r="H90">
+        <v>2021</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>571</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90"/>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>572</v>
+      </c>
+      <c r="P90" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>574</v>
+      </c>
+      <c r="B91" t="s">
+        <v>575</v>
+      </c>
+      <c r="C91" t="s">
+        <v>576</v>
+      </c>
+      <c r="D91" t="s">
+        <v>577</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>135</v>
+      </c>
+      <c r="G91" t="s">
+        <v>43</v>
+      </c>
+      <c r="H91">
+        <v>2016</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>578</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>579</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>580</v>
+      </c>
+      <c r="P91" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>582</v>
+      </c>
+      <c r="B92" t="s">
+        <v>583</v>
+      </c>
+      <c r="C92" t="s">
+        <v>248</v>
+      </c>
+      <c r="D92" t="s">
+        <v>257</v>
+      </c>
+      <c r="E92" t="s">
+        <v>84</v>
+      </c>
+      <c r="F92" t="s">
         <v>21</v>
       </c>
-      <c r="K51" t="s">
-[...38 lines deleted...]
-      <c r="J52" t="s">
+      <c r="G92" t="s">
+        <v>43</v>
+      </c>
+      <c r="H92">
+        <v>2007</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>250</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>584</v>
+      </c>
+      <c r="N92" t="s">
+        <v>35</v>
+      </c>
+      <c r="O92" t="s">
+        <v>585</v>
+      </c>
+      <c r="P92" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>587</v>
+      </c>
+      <c r="B93" t="s">
+        <v>588</v>
+      </c>
+      <c r="C93" t="s">
+        <v>589</v>
+      </c>
+      <c r="D93" t="s">
+        <v>33</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K52"/>
-[...1299 lines deleted...]
-      <c r="G83">
+      <c r="G93" t="s">
+        <v>43</v>
+      </c>
+      <c r="H93">
         <v>2011</v>
       </c>
-      <c r="H83"/>
-[...420 lines deleted...]
-      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>590</v>
       </c>
       <c r="N93" t="s">
-        <v>412</v>
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>591</v>
+      </c>
+      <c r="P93" t="s">
+        <v>592</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>