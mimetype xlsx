--- v1 (2025-11-28)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="594">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -723,53 +723,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
     <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -1024,65 +1021,65 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1221,50 +1218,53 @@
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -1672,50 +1672,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -2207,51 +2210,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3767,1519 +3770,1519 @@
       </c>
       <c r="L32" t="s">
         <v>227</v>
       </c>
       <c r="M32" t="s">
         <v>209</v>
       </c>
       <c r="N32" t="s">
         <v>35</v>
       </c>
       <c r="O32" t="s">
         <v>228</v>
       </c>
       <c r="P32" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>230</v>
       </c>
       <c r="B33" t="s">
         <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>50</v>
       </c>
       <c r="D33" t="s">
         <v>68</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>215</v>
       </c>
       <c r="H33">
         <v>2025</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
+        <v>232</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
         <v>233</v>
       </c>
-      <c r="K33" t="s">
-[...2 lines deleted...]
-      <c r="L33" t="s">
+      <c r="M33" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>35</v>
       </c>
       <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
         <v>238</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2001</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
+        <v>240</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
         <v>241</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="M34" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" t="s">
         <v>246</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>247</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>42</v>
       </c>
       <c r="G35" t="s">
         <v>43</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
+        <v>249</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
         <v>250</v>
       </c>
-      <c r="K35" t="s">
-[...2 lines deleted...]
-      <c r="L35" t="s">
+      <c r="M35" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="N35" t="s">
         <v>35</v>
       </c>
       <c r="O35" t="s">
+        <v>252</v>
+      </c>
+      <c r="P35" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
         <v>255</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>247</v>
+      </c>
+      <c r="D36" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>43</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="M36" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="N36" t="s">
         <v>35</v>
       </c>
       <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
         <v>261</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>247</v>
+      </c>
+      <c r="D37" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E37" t="s">
         <v>84</v>
       </c>
       <c r="F37" t="s">
         <v>42</v>
       </c>
       <c r="G37" t="s">
         <v>43</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="M37" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="N37" t="s">
         <v>35</v>
       </c>
       <c r="O37" t="s">
+        <v>264</v>
+      </c>
+      <c r="P37" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="C38" t="s">
         <v>158</v>
       </c>
       <c r="D38" t="s">
         <v>150</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>85</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1996</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>159</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>160</v>
       </c>
       <c r="N38" t="s">
         <v>35</v>
       </c>
       <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>270</v>
+      </c>
+      <c r="B39" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C39" t="s">
         <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>84</v>
       </c>
       <c r="F39" t="s">
         <v>85</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>1996</v>
       </c>
       <c r="I39">
         <v>2010</v>
       </c>
       <c r="J39" t="s">
         <v>159</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>160</v>
       </c>
       <c r="N39" t="s">
         <v>35</v>
       </c>
       <c r="O39" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
         <v>274</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" t="s">
         <v>43</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
+        <v>276</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
         <v>277</v>
       </c>
-      <c r="K40" t="s">
-[...2 lines deleted...]
-      <c r="L40" t="s">
+      <c r="M40" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="N40" t="s">
         <v>35</v>
       </c>
       <c r="O40" t="s">
+        <v>279</v>
+      </c>
+      <c r="P40" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>281</v>
+      </c>
+      <c r="B41" t="s">
         <v>282</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1996</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
+        <v>286</v>
+      </c>
+      <c r="P41" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>288</v>
+      </c>
+      <c r="B42" t="s">
         <v>289</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>42</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>1996</v>
       </c>
       <c r="I42">
         <v>2018</v>
       </c>
       <c r="J42" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
         <v>293</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D43" t="s">
         <v>83</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>135</v>
       </c>
       <c r="G43" t="s">
         <v>43</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>159</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="N43" t="s">
         <v>35</v>
       </c>
       <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
         <v>300</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D44" t="s">
         <v>150</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>135</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
         <v>159</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="M44" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="N44" t="s">
         <v>35</v>
       </c>
       <c r="O44" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="P44" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>303</v>
+      </c>
+      <c r="B45" t="s">
         <v>304</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>135</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
         <v>159</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="N45" t="s">
         <v>35</v>
       </c>
       <c r="O45" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="P45" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" t="s">
         <v>307</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>86</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
+        <v>309</v>
+      </c>
+      <c r="M46" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="N46" t="s">
         <v>35</v>
       </c>
       <c r="O46" t="s">
+        <v>311</v>
+      </c>
+      <c r="P46" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>313</v>
+      </c>
+      <c r="B47" t="s">
         <v>314</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="D47" t="s">
         <v>165</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>43</v>
       </c>
       <c r="H47">
         <v>2022</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>320</v>
+      </c>
+      <c r="B48" t="s">
         <v>321</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D48" t="s">
         <v>150</v>
       </c>
       <c r="E48" t="s">
         <v>84</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>1981</v>
       </c>
       <c r="I48">
         <v>2002</v>
       </c>
       <c r="J48" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
+        <v>325</v>
+      </c>
+      <c r="P48" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>327</v>
+      </c>
+      <c r="B49" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C49" t="s">
         <v>158</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2008</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
         <v>159</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>160</v>
       </c>
       <c r="N49" t="s">
         <v>35</v>
       </c>
       <c r="O49" t="s">
+        <v>329</v>
+      </c>
+      <c r="P49" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>331</v>
+      </c>
+      <c r="B50" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C50" t="s">
         <v>172</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>215</v>
       </c>
       <c r="H50">
         <v>2018</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>151</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
+        <v>333</v>
+      </c>
+      <c r="M50" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>335</v>
+      </c>
+      <c r="P50" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>337</v>
+      </c>
+      <c r="B51" t="s">
         <v>338</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="D51" t="s">
         <v>33</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2002</v>
       </c>
       <c r="I51">
         <v>2006</v>
       </c>
       <c r="J51" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
+        <v>340</v>
+      </c>
+      <c r="M51" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="N51" t="s">
         <v>35</v>
       </c>
       <c r="O51" t="s">
+        <v>342</v>
+      </c>
+      <c r="P51" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B52"/>
       <c r="C52" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D52" t="s">
         <v>68</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>43</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>137</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="N52" t="s">
         <v>35</v>
       </c>
       <c r="O52" t="s">
+        <v>346</v>
+      </c>
+      <c r="P52" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>348</v>
+      </c>
+      <c r="B53" t="s">
         <v>349</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D53" t="s">
         <v>150</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>43</v>
       </c>
       <c r="H53">
         <v>2002</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>137</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="N53" t="s">
         <v>35</v>
       </c>
       <c r="O53" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="P53"/>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>351</v>
+      </c>
+      <c r="B54" t="s">
         <v>352</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2002</v>
       </c>
       <c r="I54">
         <v>2016</v>
       </c>
       <c r="J54" t="s">
         <v>137</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="N54" t="s">
         <v>35</v>
       </c>
       <c r="O54" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="P54" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
         <v>355</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>84</v>
       </c>
       <c r="F55" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="G55" t="s">
         <v>43</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="N55" t="s">
         <v>35</v>
       </c>
       <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
         <v>360</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D56" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E56" t="s">
         <v>84</v>
       </c>
       <c r="F56" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="G56" t="s">
         <v>43</v>
       </c>
       <c r="H56">
         <v>2015</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="N56" t="s">
         <v>35</v>
       </c>
       <c r="O56" t="s">
+        <v>361</v>
+      </c>
+      <c r="P56" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B57" t="s">
         <v>364</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>365</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E57" t="s">
         <v>84</v>
       </c>
       <c r="F57" t="s">
         <v>42</v>
       </c>
       <c r="G57" t="s">
         <v>43</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="K57" t="s">
+        <v>367</v>
+      </c>
+      <c r="L57" t="s">
         <v>368</v>
       </c>
-      <c r="L57" t="s">
+      <c r="M57" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="N57" t="s">
         <v>35</v>
       </c>
       <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B58" t="s">
         <v>373</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2002</v>
       </c>
       <c r="I58">
         <v>2017</v>
       </c>
       <c r="J58" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
+        <v>374</v>
+      </c>
+      <c r="M58" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="N58" t="s">
         <v>35</v>
       </c>
       <c r="O58" t="s">
+        <v>376</v>
+      </c>
+      <c r="P58" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>378</v>
+      </c>
+      <c r="B59" t="s">
         <v>379</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="D59" t="s">
         <v>214</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>215</v>
       </c>
       <c r="H59">
         <v>2024</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
+        <v>381</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
         <v>382</v>
       </c>
-      <c r="K59" t="s">
-[...2 lines deleted...]
-      <c r="L59" t="s">
+      <c r="M59" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="N59" t="s">
         <v>35</v>
       </c>
       <c r="O59" t="s">
+        <v>384</v>
+      </c>
+      <c r="P59" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>386</v>
+      </c>
+      <c r="B60" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C60" t="s">
         <v>149</v>
       </c>
       <c r="D60" t="s">
         <v>83</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>135</v>
       </c>
       <c r="G60" t="s">
         <v>43</v>
       </c>
       <c r="H60">
         <v>2020</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
+        <v>388</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
         <v>389</v>
       </c>
-      <c r="K60" t="s">
-[...2 lines deleted...]
-      <c r="L60" t="s">
+      <c r="M60" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="N60" t="s">
         <v>35</v>
       </c>
       <c r="O60" t="s">
+        <v>391</v>
+      </c>
+      <c r="P60" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>393</v>
+      </c>
+      <c r="B61" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="C61" t="s">
         <v>149</v>
       </c>
       <c r="D61" t="s">
         <v>150</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>395</v>
       </c>
       <c r="H61">
         <v>1997</v>
       </c>
       <c r="I61">
         <v>2005</v>
       </c>
       <c r="J61" t="s">
         <v>151</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>396</v>
       </c>
       <c r="P61" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>398</v>
       </c>
       <c r="B62" t="s">
         <v>399</v>
       </c>
       <c r="C62" t="s">
         <v>149</v>
       </c>
       <c r="D62" t="s">
         <v>150</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2004</v>
       </c>
       <c r="I62">
         <v>2025</v>
       </c>
       <c r="J62" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>400</v>
       </c>
       <c r="M62" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="N62" t="s">
         <v>35</v>
       </c>
       <c r="O62" t="s">
         <v>401</v>
       </c>
       <c r="P62" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>403</v>
       </c>
       <c r="B63" t="s">
         <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>149</v>
       </c>
       <c r="D63" t="s">
         <v>33</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>8</v>
       </c>
       <c r="H63">
         <v>2016</v>
       </c>
       <c r="I63">
         <v>2025</v>
       </c>
       <c r="J63" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>405</v>
       </c>
       <c r="M63" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="N63" t="s">
         <v>35</v>
       </c>
       <c r="O63" t="s">
         <v>406</v>
       </c>
       <c r="P63" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>408</v>
       </c>
       <c r="B64" t="s">
         <v>409</v>
       </c>
       <c r="C64" t="s">
         <v>149</v>
       </c>
       <c r="D64" t="s">
         <v>150</v>
       </c>
       <c r="E64" t="s">
@@ -5397,120 +5400,120 @@
       </c>
       <c r="L66" t="s">
         <v>423</v>
       </c>
       <c r="M66" t="s">
         <v>167</v>
       </c>
       <c r="N66" t="s">
         <v>35</v>
       </c>
       <c r="O66" t="s">
         <v>424</v>
       </c>
       <c r="P66" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>426</v>
       </c>
       <c r="B67" t="s">
         <v>427</v>
       </c>
       <c r="C67" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>84</v>
       </c>
       <c r="F67" t="s">
         <v>85</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1995</v>
       </c>
       <c r="I67">
         <v>2019</v>
       </c>
       <c r="J67" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>428</v>
       </c>
       <c r="M67" t="s">
         <v>429</v>
       </c>
       <c r="N67" t="s">
         <v>35</v>
       </c>
       <c r="O67" t="s">
         <v>430</v>
       </c>
       <c r="P67" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>432</v>
       </c>
       <c r="B68" t="s">
         <v>433</v>
       </c>
       <c r="C68" t="s">
         <v>434</v>
       </c>
       <c r="D68" t="s">
         <v>165</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>42</v>
       </c>
       <c r="G68" t="s">
         <v>43</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>435</v>
       </c>
       <c r="M68" t="s">
         <v>436</v>
       </c>
       <c r="N68" t="s">
         <v>35</v>
       </c>
       <c r="O68" t="s">
         <v>437</v>
       </c>
       <c r="P68" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>439</v>
       </c>
       <c r="B69" t="s">
@@ -5593,123 +5596,123 @@
       </c>
       <c r="L70" t="s">
         <v>452</v>
       </c>
       <c r="M70" t="s">
         <v>453</v>
       </c>
       <c r="N70" t="s">
         <v>35</v>
       </c>
       <c r="O70" t="s">
         <v>454</v>
       </c>
       <c r="P70" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>456</v>
       </c>
       <c r="B71" t="s">
         <v>457</v>
       </c>
       <c r="C71" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D71" t="s">
         <v>33</v>
       </c>
       <c r="E71" t="s">
         <v>84</v>
       </c>
       <c r="F71" t="s">
         <v>42</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2015</v>
       </c>
       <c r="J71" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
         <v>458</v>
       </c>
       <c r="P71" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>460</v>
       </c>
       <c r="B72" t="s">
         <v>461</v>
       </c>
       <c r="C72" t="s">
         <v>462</v>
       </c>
       <c r="D72" t="s">
         <v>463</v>
       </c>
       <c r="E72" t="s">
         <v>84</v>
       </c>
       <c r="F72" t="s">
         <v>42</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
       <c r="I72">
         <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="K72" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>464</v>
       </c>
       <c r="N72" t="s">
         <v>35</v>
       </c>
       <c r="O72" t="s">
         <v>465</v>
       </c>
       <c r="P72" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>467</v>
       </c>
       <c r="B73" t="s">
         <v>468</v>
       </c>
       <c r="C73" t="s">
         <v>469</v>
       </c>
@@ -5948,151 +5951,151 @@
       <c r="B78" t="s">
         <v>500</v>
       </c>
       <c r="C78" t="s">
         <v>149</v>
       </c>
       <c r="D78" t="s">
         <v>33</v>
       </c>
       <c r="E78" t="s">
         <v>84</v>
       </c>
       <c r="F78" t="s">
         <v>85</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1994</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
         <v>501</v>
       </c>
       <c r="M78" t="s">
         <v>502</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>503</v>
       </c>
       <c r="P78" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>505</v>
       </c>
       <c r="B79" t="s">
         <v>506</v>
       </c>
       <c r="C79" t="s">
         <v>149</v>
       </c>
       <c r="D79" t="s">
         <v>150</v>
       </c>
       <c r="E79" t="s">
         <v>84</v>
       </c>
       <c r="F79" t="s">
         <v>85</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1999</v>
       </c>
       <c r="I79">
         <v>2012</v>
       </c>
       <c r="J79" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
         <v>507</v>
       </c>
       <c r="M79" t="s">
         <v>502</v>
       </c>
       <c r="N79" t="s">
         <v>35</v>
       </c>
       <c r="O79" t="s">
         <v>508</v>
       </c>
       <c r="P79" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>510</v>
       </c>
       <c r="B80" t="s">
         <v>511</v>
       </c>
       <c r="C80" t="s">
         <v>149</v>
       </c>
       <c r="D80" t="s">
         <v>68</v>
       </c>
       <c r="E80" t="s">
         <v>84</v>
       </c>
       <c r="F80" t="s">
         <v>85</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2008</v>
       </c>
       <c r="I80">
         <v>2012</v>
       </c>
       <c r="J80" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
         <v>512</v>
       </c>
       <c r="M80" t="s">
         <v>502</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>513</v>
       </c>
       <c r="P80" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>515</v>
       </c>
       <c r="B81" t="s">
@@ -6148,591 +6151,591 @@
       <c r="B82" t="s">
         <v>522</v>
       </c>
       <c r="C82" t="s">
         <v>149</v>
       </c>
       <c r="D82" t="s">
         <v>33</v>
       </c>
       <c r="E82" t="s">
         <v>84</v>
       </c>
       <c r="F82" t="s">
         <v>85</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82">
         <v>2012</v>
       </c>
       <c r="J82" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
         <v>523</v>
       </c>
       <c r="M82" t="s">
         <v>502</v>
       </c>
       <c r="N82" t="s">
         <v>35</v>
       </c>
       <c r="O82" t="s">
         <v>524</v>
       </c>
       <c r="P82" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>526</v>
       </c>
       <c r="B83" t="s">
         <v>527</v>
       </c>
       <c r="C83" t="s">
         <v>149</v>
       </c>
       <c r="D83" t="s">
         <v>528</v>
       </c>
       <c r="E83" t="s">
         <v>84</v>
       </c>
       <c r="F83" t="s">
         <v>85</v>
       </c>
       <c r="G83" t="s">
         <v>43</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>529</v>
       </c>
       <c r="M83" t="s">
         <v>502</v>
       </c>
       <c r="N83" t="s">
         <v>35</v>
       </c>
       <c r="O83" t="s">
         <v>530</v>
       </c>
       <c r="P83" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>532</v>
       </c>
       <c r="B84" t="s">
         <v>533</v>
       </c>
       <c r="C84" t="s">
         <v>149</v>
       </c>
       <c r="D84" t="s">
         <v>150</v>
       </c>
       <c r="E84" t="s">
         <v>84</v>
       </c>
       <c r="F84" t="s">
         <v>85</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2010</v>
       </c>
       <c r="I84">
         <v>2012</v>
       </c>
       <c r="J84" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>534</v>
       </c>
       <c r="M84" t="s">
         <v>502</v>
       </c>
       <c r="N84" t="s">
         <v>35</v>
       </c>
       <c r="O84" t="s">
         <v>535</v>
       </c>
       <c r="P84" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>537</v>
       </c>
       <c r="B85" t="s">
         <v>538</v>
       </c>
       <c r="C85" t="s">
         <v>149</v>
       </c>
       <c r="D85" t="s">
         <v>33</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>539</v>
       </c>
       <c r="H85">
         <v>2010</v>
       </c>
       <c r="I85">
         <v>2016</v>
       </c>
       <c r="J85" t="s">
         <v>151</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M85" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P85" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B86" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C86" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D86" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>43</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>137</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N86" t="s">
         <v>35</v>
       </c>
       <c r="O86" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P86" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B87" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C87" t="s">
         <v>124</v>
       </c>
       <c r="D87" t="s">
         <v>33</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2005</v>
       </c>
       <c r="I87">
         <v>2015</v>
       </c>
       <c r="J87" t="s">
         <v>127</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="M87" t="s">
         <v>128</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="P87" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B88" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C88" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D88" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>42</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88">
         <v>2016</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="N88" t="s">
         <v>35</v>
       </c>
       <c r="O88" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P88" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B89" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C89" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D89" t="s">
         <v>33</v>
       </c>
       <c r="E89" t="s">
         <v>84</v>
       </c>
       <c r="F89" t="s">
         <v>85</v>
       </c>
       <c r="G89" t="s">
         <v>43</v>
       </c>
       <c r="H89">
         <v>1998</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M89" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P89" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B90" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C90" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D90" t="s">
         <v>58</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>43</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="P90" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B91" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C91" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D91" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>135</v>
       </c>
       <c r="G91" t="s">
         <v>43</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="P91" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B92" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C92" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D92" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E92" t="s">
         <v>84</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>43</v>
       </c>
       <c r="H92">
         <v>2007</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="N92" t="s">
         <v>35</v>
       </c>
       <c r="O92" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P92" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B93" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C93" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D93" t="s">
         <v>33</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>43</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>44</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="P93" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">