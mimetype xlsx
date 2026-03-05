--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="769">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="771">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -909,94 +909,94 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
@@ -1374,65 +1374,65 @@
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
     <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
@@ -1571,50 +1571,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -2058,50 +2061,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
     <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -2748,51 +2754,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4756,137 +4762,137 @@
       </c>
       <c r="P41" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>291</v>
       </c>
       <c r="B42" t="s">
         <v>292</v>
       </c>
       <c r="C42" t="s">
         <v>67</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>61</v>
+        <v>293</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>68</v>
       </c>
       <c r="K42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M42" t="s">
         <v>270</v>
       </c>
       <c r="N42" t="s">
         <v>96</v>
       </c>
       <c r="O42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C43" t="s">
         <v>67</v>
       </c>
       <c r="D43" t="s">
         <v>93</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
       <c r="I43">
         <v>2025</v>
       </c>
       <c r="J43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M43" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="N43" t="s">
         <v>96</v>
       </c>
       <c r="O43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P43" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B44" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C44" t="s">
-        <v>306</v>
+        <v>67</v>
       </c>
       <c r="D44" t="s">
         <v>85</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>276</v>
       </c>
       <c r="H44">
         <v>2025</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>307</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
         <v>308</v>
@@ -5736,101 +5742,101 @@
       <c r="C62" t="s">
         <v>405</v>
       </c>
       <c r="D62" t="s">
         <v>93</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62">
         <v>2014</v>
       </c>
       <c r="J62" t="s">
         <v>118</v>
       </c>
       <c r="K62" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L62" t="s">
         <v>412</v>
       </c>
       <c r="M62" t="s">
         <v>407</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>413</v>
       </c>
       <c r="P62" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>415</v>
       </c>
       <c r="B63" t="s">
         <v>416</v>
       </c>
       <c r="C63" t="s">
         <v>405</v>
       </c>
       <c r="D63" t="s">
         <v>93</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2013</v>
       </c>
       <c r="I63">
         <v>2014</v>
       </c>
       <c r="J63" t="s">
         <v>118</v>
       </c>
       <c r="K63" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L63" t="s">
         <v>417</v>
       </c>
       <c r="M63" t="s">
         <v>407</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>418</v>
       </c>
       <c r="P63" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>420</v>
       </c>
       <c r="B64" t="s">
         <v>421</v>
       </c>
       <c r="C64" t="s">
@@ -6591,2191 +6597,2191 @@
         <v>503</v>
       </c>
       <c r="B80" t="s">
         <v>504</v>
       </c>
       <c r="C80" t="s">
         <v>182</v>
       </c>
       <c r="D80" t="s">
         <v>116</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>161</v>
       </c>
       <c r="G80" t="s">
         <v>61</v>
       </c>
       <c r="H80">
         <v>2020</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
         <v>505</v>
       </c>
       <c r="M80" t="s">
         <v>506</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>507</v>
       </c>
       <c r="P80" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>509</v>
       </c>
       <c r="B81" t="s">
         <v>510</v>
       </c>
       <c r="C81" t="s">
         <v>182</v>
       </c>
       <c r="D81" t="s">
         <v>183</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>511</v>
       </c>
       <c r="H81">
         <v>1997</v>
       </c>
       <c r="I81">
         <v>2005</v>
       </c>
       <c r="J81" t="s">
         <v>184</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>506</v>
       </c>
       <c r="N81" t="s">
         <v>36</v>
       </c>
       <c r="O81" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P81" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B82" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C82" t="s">
         <v>182</v>
       </c>
       <c r="D82" t="s">
         <v>183</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2004</v>
       </c>
       <c r="I82">
         <v>2025</v>
       </c>
       <c r="J82" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="M82" t="s">
         <v>506</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="P82" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B83" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C83" t="s">
         <v>182</v>
       </c>
       <c r="D83" t="s">
         <v>53</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>8</v>
       </c>
       <c r="H83">
         <v>2016</v>
       </c>
       <c r="I83">
         <v>2025</v>
       </c>
       <c r="J83" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="M83" t="s">
         <v>506</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="P83" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B84" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C84" t="s">
         <v>182</v>
       </c>
       <c r="D84" t="s">
         <v>183</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>61</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>184</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P84" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B85" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C85" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D85" t="s">
         <v>93</v>
       </c>
       <c r="E85" t="s">
         <v>42</v>
       </c>
       <c r="F85" t="s">
         <v>117</v>
       </c>
       <c r="G85" t="s">
         <v>61</v>
       </c>
       <c r="H85">
         <v>2014</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>176</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="P85" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B86" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C86" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D86" t="s">
         <v>53</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>61</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P86" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B87" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C87" t="s">
         <v>190</v>
       </c>
       <c r="D87" t="s">
         <v>191</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>161</v>
       </c>
       <c r="G87" t="s">
         <v>61</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87">
         <v>2024</v>
       </c>
       <c r="J87" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M87" t="s">
         <v>193</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P87" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B88" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C88" t="s">
         <v>370</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>42</v>
       </c>
       <c r="F88" t="s">
         <v>117</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>1995</v>
       </c>
       <c r="I88">
         <v>2019</v>
       </c>
       <c r="J88" t="s">
         <v>236</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M88" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="P88" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B89" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C89" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D89" t="s">
         <v>191</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>43</v>
       </c>
       <c r="G89" t="s">
         <v>61</v>
       </c>
       <c r="H89">
         <v>2015</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>236</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="M89" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="P89" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B90" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C90" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D90" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>161</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2017</v>
       </c>
       <c r="I90">
         <v>2021</v>
       </c>
       <c r="J90" t="s">
         <v>192</v>
       </c>
       <c r="K90" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="L90" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M90" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N90" t="s">
         <v>36</v>
       </c>
       <c r="O90" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="P90" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B91" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C91" t="s">
         <v>436</v>
       </c>
       <c r="D91" t="s">
         <v>53</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>43</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2012</v>
       </c>
       <c r="I91">
         <v>2015</v>
       </c>
       <c r="J91" t="s">
         <v>323</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>459</v>
       </c>
       <c r="N91" t="s">
         <v>36</v>
       </c>
       <c r="O91" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P91" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B92" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C92" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D92" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>43</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
       <c r="I92">
         <v>2018</v>
       </c>
       <c r="J92" t="s">
         <v>378</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="P92" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B93" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C93" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D93" t="s">
         <v>93</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>43</v>
       </c>
       <c r="G93" t="s">
         <v>61</v>
       </c>
       <c r="H93">
         <v>2019</v>
       </c>
       <c r="I93">
         <v>2020</v>
       </c>
       <c r="J93" t="s">
         <v>236</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="M93" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="P93" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B94" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C94" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D94" t="s">
         <v>93</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>43</v>
       </c>
       <c r="G94" t="s">
         <v>61</v>
       </c>
       <c r="H94">
         <v>2017</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>236</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M94" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="P94" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B95" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C95" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D95" t="s">
         <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>161</v>
       </c>
       <c r="G95" t="s">
         <v>61</v>
       </c>
       <c r="H95">
         <v>2019</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P95" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B96" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C96" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>61</v>
       </c>
       <c r="H96">
         <v>2016</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>207</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M96" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P96" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B97" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C97" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D97" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>161</v>
       </c>
       <c r="G97" t="s">
         <v>61</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>163</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M97" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="N97" t="s">
         <v>36</v>
       </c>
       <c r="O97" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P97" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B98" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C98" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D98" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>161</v>
       </c>
       <c r="G98" t="s">
         <v>61</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>163</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="M98" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P98" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B99" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C99" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
       <c r="E99" t="s">
         <v>42</v>
       </c>
       <c r="F99" t="s">
         <v>161</v>
       </c>
       <c r="G99" t="s">
         <v>61</v>
       </c>
       <c r="H99">
         <v>2010</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>163</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M99" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P99" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B100" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C100" t="s">
         <v>182</v>
       </c>
       <c r="D100" t="s">
         <v>53</v>
       </c>
       <c r="E100" t="s">
         <v>42</v>
       </c>
       <c r="F100" t="s">
         <v>117</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>1994</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
         <v>236</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M100" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N100" t="s">
         <v>36</v>
       </c>
       <c r="O100" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P100" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B101" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C101" t="s">
         <v>182</v>
       </c>
       <c r="D101" t="s">
         <v>183</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101" t="s">
         <v>117</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>1999</v>
       </c>
       <c r="I101">
         <v>2012</v>
       </c>
       <c r="J101" t="s">
         <v>236</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M101" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P101" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B102" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C102" t="s">
         <v>182</v>
       </c>
       <c r="D102" t="s">
         <v>85</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102" t="s">
         <v>117</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2008</v>
       </c>
       <c r="I102">
         <v>2012</v>
       </c>
       <c r="J102" t="s">
         <v>236</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M102" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N102" t="s">
         <v>36</v>
       </c>
       <c r="O102" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P102" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B103" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C103" t="s">
         <v>182</v>
       </c>
       <c r="D103" t="s">
         <v>53</v>
       </c>
       <c r="E103" t="s">
         <v>42</v>
       </c>
       <c r="F103" t="s">
         <v>117</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1994</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
         <v>207</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M103" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P103" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B104" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C104" t="s">
         <v>182</v>
       </c>
       <c r="D104" t="s">
         <v>53</v>
       </c>
       <c r="E104" t="s">
         <v>42</v>
       </c>
       <c r="F104" t="s">
         <v>117</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104">
         <v>2012</v>
       </c>
       <c r="J104" t="s">
         <v>236</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="M104" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P104" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B105" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C105" t="s">
         <v>182</v>
       </c>
       <c r="D105" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E105" t="s">
         <v>42</v>
       </c>
       <c r="F105" t="s">
         <v>117</v>
       </c>
       <c r="G105" t="s">
         <v>61</v>
       </c>
       <c r="H105">
         <v>2011</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>236</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M105" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P105" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B106" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C106" t="s">
         <v>182</v>
       </c>
       <c r="D106" t="s">
         <v>183</v>
       </c>
       <c r="E106" t="s">
         <v>42</v>
       </c>
       <c r="F106" t="s">
         <v>117</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
         <v>236</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M106" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P106" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B107" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C107" t="s">
         <v>198</v>
       </c>
       <c r="D107" t="s">
         <v>93</v>
       </c>
       <c r="E107" t="s">
         <v>42</v>
       </c>
       <c r="F107" t="s">
         <v>117</v>
       </c>
       <c r="G107" t="s">
         <v>61</v>
       </c>
       <c r="H107">
         <v>2013</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>207</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P107" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B108" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C108" t="s">
         <v>182</v>
       </c>
       <c r="D108" t="s">
         <v>53</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>670</v>
       </c>
       <c r="H108">
         <v>2010</v>
       </c>
       <c r="I108">
         <v>2016</v>
       </c>
       <c r="J108" t="s">
         <v>184</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="M108" t="s">
         <v>506</v>
       </c>
       <c r="N108" t="s">
         <v>36</v>
       </c>
       <c r="O108" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="P108" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B109" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C109" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D109" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>61</v>
       </c>
       <c r="H109">
         <v>2016</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>163</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="P109" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B110" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C110" t="s">
         <v>150</v>
       </c>
       <c r="D110" t="s">
         <v>53</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2005</v>
       </c>
       <c r="I110">
         <v>2015</v>
       </c>
       <c r="J110" t="s">
         <v>153</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="M110" t="s">
         <v>154</v>
       </c>
       <c r="N110" t="s">
         <v>36</v>
       </c>
       <c r="O110" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="P110" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B111" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C111" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D111" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>43</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2009</v>
       </c>
       <c r="I111">
         <v>2016</v>
       </c>
       <c r="J111" t="s">
         <v>33</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="P111" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B112" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C112" t="s">
         <v>342</v>
       </c>
       <c r="D112" t="s">
         <v>93</v>
       </c>
       <c r="E112" t="s">
         <v>42</v>
       </c>
       <c r="F112" t="s">
         <v>117</v>
       </c>
       <c r="G112" t="s">
         <v>61</v>
       </c>
       <c r="H112">
         <v>2013</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>33</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M112" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="P112" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B113" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C113" t="s">
         <v>342</v>
       </c>
       <c r="D113" t="s">
         <v>53</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>117</v>
       </c>
       <c r="G113" t="s">
         <v>61</v>
       </c>
       <c r="H113">
         <v>1998</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="M113" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="N113" t="s">
         <v>36</v>
       </c>
       <c r="O113" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="P113" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B114" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C114" t="s">
         <v>100</v>
       </c>
       <c r="D114" t="s">
         <v>75</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>61</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>101</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114" t="s">
         <v>36</v>
       </c>
       <c r="O114" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="P114" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B115" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C115" t="s">
         <v>100</v>
       </c>
       <c r="D115" t="s">
         <v>93</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>61</v>
       </c>
       <c r="H115">
         <v>2021</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>101</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="P115" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B116" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C116" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D116" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>161</v>
       </c>
       <c r="G116" t="s">
         <v>61</v>
       </c>
       <c r="H116">
         <v>2016</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="N116" t="s">
         <v>36</v>
       </c>
       <c r="O116" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="P116" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B117" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C117" t="s">
         <v>342</v>
       </c>
       <c r="D117" t="s">
         <v>351</v>
       </c>
       <c r="E117" t="s">
         <v>42</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>61</v>
       </c>
       <c r="H117">
         <v>2007</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>344</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="P117" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B118" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C118" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D118" t="s">
         <v>93</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2011</v>
       </c>
       <c r="I118">
         <v>2021</v>
       </c>
       <c r="J118" t="s">
         <v>184</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="M118" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="P118" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B119" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C119" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D119" t="s">
         <v>93</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
         <v>43</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2002</v>
       </c>
       <c r="I119">
         <v>2021</v>
       </c>
       <c r="J119" t="s">
         <v>184</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="M119" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="P119" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B120" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C120" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D120" t="s">
         <v>93</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>161</v>
       </c>
       <c r="G120" t="s">
         <v>61</v>
       </c>
       <c r="H120">
         <v>2016</v>
       </c>
       <c r="I120">
         <v>2018</v>
       </c>
       <c r="J120" t="s">
         <v>118</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="P120" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B121" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C121" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D121" t="s">
         <v>53</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>61</v>
       </c>
       <c r="H121">
         <v>2011</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>44</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="N121" t="s">
         <v>36</v>
       </c>
       <c r="O121" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="P121" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B122" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C122" t="s">
         <v>497</v>
       </c>
       <c r="D122" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>161</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2012</v>
       </c>
       <c r="I122">
         <v>2014</v>
       </c>
       <c r="J122" t="s">
         <v>236</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="M122" t="s">
         <v>500</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="P122" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B123" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C123" t="s">
         <v>329</v>
       </c>
       <c r="D123" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E123" t="s">
         <v>42</v>
       </c>
       <c r="F123" t="s">
         <v>43</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2015</v>
       </c>
       <c r="I123">
         <v>2016</v>
       </c>
       <c r="J123" t="s">
         <v>192</v>
       </c>
       <c r="K123" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="L123" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="M123" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N123" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="O123" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="P123" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B124" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C124" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D124" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E124" t="s">
         <v>42</v>
       </c>
       <c r="F124" t="s">
         <v>117</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2011</v>
       </c>
       <c r="I124">
         <v>2017</v>
       </c>
       <c r="J124" t="s">
         <v>118</v>
       </c>
       <c r="K124" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="N124" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="O124" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="P124" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">