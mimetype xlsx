--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="737">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="739">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -860,177 +860,177 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
     <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -1387,65 +1387,65 @@
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1617,50 +1617,53 @@
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -2050,50 +2053,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
     <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
@@ -2654,51 +2660,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4558,135 +4564,137 @@
       </c>
       <c r="P39" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>273</v>
       </c>
       <c r="B40" t="s">
         <v>274</v>
       </c>
       <c r="C40" t="s">
         <v>58</v>
       </c>
       <c r="D40" t="s">
         <v>83</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>51</v>
+        <v>275</v>
       </c>
       <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
         <v>2015</v>
       </c>
-      <c r="I40"/>
       <c r="J40" t="s">
         <v>125</v>
       </c>
       <c r="K40" t="s">
         <v>84</v>
       </c>
       <c r="L40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M40" t="s">
         <v>61</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C41" t="s">
         <v>58</v>
       </c>
       <c r="D41" t="s">
         <v>122</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>51</v>
       </c>
       <c r="H41">
         <v>2019</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>59</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M41" t="s">
         <v>257</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C42" t="s">
-        <v>285</v>
+        <v>58</v>
       </c>
       <c r="D42" t="s">
         <v>76</v>
       </c>
       <c r="E42" t="s">
         <v>123</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>263</v>
       </c>
       <c r="H42">
         <v>2025</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>286</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
         <v>287</v>
@@ -4752,165 +4760,165 @@
       </c>
       <c r="P43" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>299</v>
       </c>
       <c r="B44" t="s">
         <v>300</v>
       </c>
       <c r="C44" t="s">
         <v>301</v>
       </c>
       <c r="D44" t="s">
         <v>83</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>163</v>
       </c>
       <c r="G44" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="H44">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
+        <v>286</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>302</v>
       </c>
-      <c r="K44" t="s">
-[...2 lines deleted...]
-      <c r="L44" t="s">
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>303</v>
       </c>
-      <c r="M44" t="s">
+      <c r="P44" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>299</v>
       </c>
       <c r="B45" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="D45" t="s">
         <v>83</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>163</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
       <c r="J45" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>307</v>
+      </c>
       <c r="M45" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
+        <v>308</v>
+      </c>
+      <c r="P45" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>310</v>
+      </c>
+      <c r="B46" t="s">
         <v>311</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D46" t="s">
         <v>313</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>163</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2024</v>
       </c>
       <c r="J46" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
         <v>314</v>
       </c>
       <c r="M46" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>315</v>
       </c>
       <c r="P46" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>317</v>
       </c>
       <c r="B47" t="s">
         <v>318</v>
       </c>
       <c r="C47" t="s">
         <v>319</v>
       </c>
       <c r="D47" t="s">
         <v>42</v>
       </c>
       <c r="E47" t="s">
@@ -6676,1862 +6684,1862 @@
       </c>
       <c r="P83" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>518</v>
       </c>
       <c r="B84" t="s">
         <v>519</v>
       </c>
       <c r="C84" t="s">
         <v>177</v>
       </c>
       <c r="D84" t="s">
         <v>178</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>520</v>
       </c>
       <c r="H84">
         <v>1997</v>
       </c>
       <c r="I84">
         <v>2005</v>
       </c>
       <c r="J84" t="s">
         <v>179</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
         <v>515</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P84" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B85" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85" t="s">
         <v>178</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2004</v>
       </c>
       <c r="I85">
         <v>2025</v>
       </c>
       <c r="J85" t="s">
         <v>513</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M85" t="s">
         <v>515</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P85" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B86" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C86" t="s">
         <v>177</v>
       </c>
       <c r="D86" t="s">
         <v>42</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>8</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86">
         <v>2025</v>
       </c>
       <c r="J86" t="s">
         <v>513</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M86" t="s">
         <v>515</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P86" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B87" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C87" t="s">
         <v>177</v>
       </c>
       <c r="D87" t="s">
         <v>178</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>51</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>179</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="N87" t="s">
         <v>36</v>
       </c>
       <c r="O87" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B88" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C88" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D88" t="s">
         <v>42</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>51</v>
       </c>
       <c r="H88">
         <v>2010</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="P88" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B89" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89" t="s">
         <v>186</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>163</v>
       </c>
       <c r="G89" t="s">
         <v>51</v>
       </c>
       <c r="H89">
         <v>2014</v>
       </c>
       <c r="I89">
         <v>2024</v>
       </c>
       <c r="J89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="M89" t="s">
         <v>188</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P89" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B90" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C90" t="s">
         <v>368</v>
       </c>
       <c r="D90" t="s">
         <v>42</v>
       </c>
       <c r="E90" t="s">
         <v>123</v>
       </c>
       <c r="F90" t="s">
         <v>124</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>1995</v>
       </c>
       <c r="I90">
         <v>2019</v>
       </c>
       <c r="J90" t="s">
         <v>369</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="M90" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P90" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B91" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C91" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D91" t="s">
         <v>186</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>50</v>
       </c>
       <c r="G91" t="s">
         <v>51</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>369</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M91" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="P91" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B92" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C92" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D92" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>163</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2017</v>
       </c>
       <c r="I92">
         <v>2021</v>
       </c>
       <c r="J92" t="s">
         <v>187</v>
       </c>
       <c r="K92" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="L92" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="M92" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P92" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B93" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C93" t="s">
         <v>201</v>
       </c>
       <c r="D93" t="s">
         <v>42</v>
       </c>
       <c r="E93" t="s">
         <v>123</v>
       </c>
       <c r="F93" t="s">
         <v>50</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2012</v>
       </c>
       <c r="I93">
         <v>2015</v>
       </c>
       <c r="J93" t="s">
         <v>327</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
         <v>202</v>
       </c>
       <c r="N93" t="s">
         <v>36</v>
       </c>
       <c r="O93" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="P93" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B94" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C94" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D94" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E94" t="s">
         <v>123</v>
       </c>
       <c r="F94" t="s">
         <v>50</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2015</v>
       </c>
       <c r="I94">
         <v>2018</v>
       </c>
       <c r="J94" t="s">
         <v>241</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P94" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B95" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C95" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D95" t="s">
         <v>42</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>163</v>
       </c>
       <c r="G95" t="s">
         <v>51</v>
       </c>
       <c r="H95">
         <v>2019</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P95" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B96" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C96" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D96" t="s">
         <v>42</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>51</v>
       </c>
       <c r="H96">
         <v>2016</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>359</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="M96" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="P96" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B97" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C97" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D97" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E97" t="s">
         <v>123</v>
       </c>
       <c r="F97" t="s">
         <v>163</v>
       </c>
       <c r="G97" t="s">
         <v>51</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>165</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M97" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="N97" t="s">
         <v>36</v>
       </c>
       <c r="O97" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="P97" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B98" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C98" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E98" t="s">
         <v>123</v>
       </c>
       <c r="F98" t="s">
         <v>163</v>
       </c>
       <c r="G98" t="s">
         <v>51</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>165</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="M98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P98" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B99" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C99" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D99" t="s">
         <v>42</v>
       </c>
       <c r="E99" t="s">
         <v>123</v>
       </c>
       <c r="F99" t="s">
         <v>163</v>
       </c>
       <c r="G99" t="s">
         <v>51</v>
       </c>
       <c r="H99">
         <v>2010</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>165</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="M99" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P99" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B100" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C100" t="s">
         <v>177</v>
       </c>
       <c r="D100" t="s">
         <v>42</v>
       </c>
       <c r="E100" t="s">
         <v>123</v>
       </c>
       <c r="F100" t="s">
         <v>124</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>1994</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
         <v>369</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M100" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N100" t="s">
         <v>36</v>
       </c>
       <c r="O100" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P100" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B101" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C101" t="s">
         <v>177</v>
       </c>
       <c r="D101" t="s">
         <v>178</v>
       </c>
       <c r="E101" t="s">
         <v>123</v>
       </c>
       <c r="F101" t="s">
         <v>124</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>1999</v>
       </c>
       <c r="I101">
         <v>2012</v>
       </c>
       <c r="J101" t="s">
         <v>369</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M101" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P101" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B102" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C102" t="s">
         <v>177</v>
       </c>
       <c r="D102" t="s">
         <v>76</v>
       </c>
       <c r="E102" t="s">
         <v>123</v>
       </c>
       <c r="F102" t="s">
         <v>124</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2008</v>
       </c>
       <c r="I102">
         <v>2012</v>
       </c>
       <c r="J102" t="s">
         <v>369</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="M102" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N102" t="s">
         <v>36</v>
       </c>
       <c r="O102" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P102" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B103" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C103" t="s">
         <v>177</v>
       </c>
       <c r="D103" t="s">
         <v>42</v>
       </c>
       <c r="E103" t="s">
         <v>123</v>
       </c>
       <c r="F103" t="s">
         <v>124</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1994</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
         <v>359</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M103" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="P103" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B104" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C104" t="s">
         <v>177</v>
       </c>
       <c r="D104" t="s">
         <v>42</v>
       </c>
       <c r="E104" t="s">
         <v>123</v>
       </c>
       <c r="F104" t="s">
         <v>124</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104">
         <v>2012</v>
       </c>
       <c r="J104" t="s">
         <v>369</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="M104" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P104" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B105" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C105" t="s">
         <v>177</v>
       </c>
       <c r="D105" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E105" t="s">
         <v>123</v>
       </c>
       <c r="F105" t="s">
         <v>124</v>
       </c>
       <c r="G105" t="s">
         <v>51</v>
       </c>
       <c r="H105">
         <v>2011</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>369</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="M105" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="P105" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B106" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C106" t="s">
         <v>177</v>
       </c>
       <c r="D106" t="s">
         <v>178</v>
       </c>
       <c r="E106" t="s">
         <v>123</v>
       </c>
       <c r="F106" t="s">
         <v>124</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
         <v>369</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M106" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P106" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B107" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107" t="s">
         <v>313</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>51</v>
       </c>
       <c r="H107">
         <v>2016</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>165</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P107" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B108" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C108" t="s">
         <v>177</v>
       </c>
       <c r="D108" t="s">
         <v>42</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>661</v>
       </c>
       <c r="H108">
         <v>2010</v>
       </c>
       <c r="I108">
         <v>2016</v>
       </c>
       <c r="J108" t="s">
         <v>179</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="M108" t="s">
         <v>515</v>
       </c>
       <c r="N108" t="s">
         <v>36</v>
       </c>
       <c r="O108" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="P108" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B109" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C109" t="s">
         <v>177</v>
       </c>
       <c r="D109" t="s">
         <v>113</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>163</v>
       </c>
       <c r="G109" t="s">
         <v>51</v>
       </c>
       <c r="H109">
         <v>2013</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>179</v>
       </c>
       <c r="K109" t="s">
         <v>84</v>
       </c>
       <c r="L109" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="M109" t="s">
         <v>515</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="P109" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B110" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C110" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D110" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>51</v>
       </c>
       <c r="H110">
         <v>2016</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>165</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="P110" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B111" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C111" t="s">
         <v>152</v>
       </c>
       <c r="D111" t="s">
         <v>42</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2005</v>
       </c>
       <c r="I111">
         <v>2015</v>
       </c>
       <c r="J111" t="s">
         <v>155</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="M111" t="s">
         <v>156</v>
       </c>
       <c r="N111" t="s">
         <v>36</v>
       </c>
       <c r="O111" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="P111" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B112" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C112" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D112" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>50</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2009</v>
       </c>
       <c r="I112">
         <v>2016</v>
       </c>
       <c r="J112" t="s">
         <v>33</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="P112" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B113" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C113" t="s">
         <v>337</v>
       </c>
       <c r="D113" t="s">
         <v>42</v>
       </c>
       <c r="E113" t="s">
         <v>123</v>
       </c>
       <c r="F113" t="s">
         <v>124</v>
       </c>
       <c r="G113" t="s">
         <v>51</v>
       </c>
       <c r="H113">
         <v>1998</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="M113" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="N113" t="s">
         <v>36</v>
       </c>
       <c r="O113" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="P113" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B114" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C114" t="s">
         <v>117</v>
       </c>
       <c r="D114" t="s">
         <v>66</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>51</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>102</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114" t="s">
         <v>36</v>
       </c>
       <c r="O114" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="P114" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B115" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C115" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D115" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>163</v>
       </c>
       <c r="G115" t="s">
         <v>51</v>
       </c>
       <c r="H115">
         <v>2016</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="N115" t="s">
         <v>36</v>
       </c>
       <c r="O115" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="P115" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B116" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C116" t="s">
         <v>337</v>
       </c>
       <c r="D116" t="s">
         <v>212</v>
       </c>
       <c r="E116" t="s">
         <v>123</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>51</v>
       </c>
       <c r="H116">
         <v>2016</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>339</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="P116" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B117" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C117" t="s">
         <v>337</v>
       </c>
       <c r="D117" t="s">
         <v>346</v>
       </c>
       <c r="E117" t="s">
         <v>123</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>51</v>
       </c>
       <c r="H117">
         <v>2007</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>339</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="P117" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B118" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C118" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D118" t="s">
         <v>113</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>50</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2011</v>
       </c>
       <c r="I118">
         <v>2014</v>
       </c>
       <c r="J118" t="s">
         <v>179</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M118" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="P118" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B119" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C119" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D119" t="s">
         <v>113</v>
       </c>
       <c r="E119" t="s">
         <v>123</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2015</v>
       </c>
       <c r="I119">
         <v>2017</v>
       </c>
       <c r="J119" t="s">
         <v>179</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
+        <v>725</v>
+      </c>
+      <c r="M119" t="s">
+        <v>721</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>726</v>
+      </c>
+      <c r="P119" t="s">
         <v>723</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B120" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C120" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D120" t="s">
         <v>42</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>51</v>
       </c>
       <c r="H120">
         <v>2011</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>52</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="N120" t="s">
         <v>36</v>
       </c>
       <c r="O120" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="P120" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B121" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C121" t="s">
         <v>505</v>
       </c>
       <c r="D121" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>163</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
       <c r="I121">
         <v>2014</v>
       </c>
       <c r="J121" t="s">
         <v>369</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="M121" t="s">
         <v>508</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="P121" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">