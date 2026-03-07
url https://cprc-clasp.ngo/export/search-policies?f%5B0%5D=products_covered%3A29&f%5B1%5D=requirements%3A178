--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,1547 +12,2269 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="718">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1816,5615 +2538,6390 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N130"/>
+  <dimension ref="A1:P130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...9 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...48 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...91 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>44</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
         <v>59</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>63</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>63</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>63</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>63</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>63</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>63</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>53</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>63</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
+        <v>63</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>36</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>63</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>63</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>100</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" t="s">
+        <v>69</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>53</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>153</v>
+      </c>
+      <c r="M23" t="s">
+        <v>63</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24">
+        <v>2017</v>
+      </c>
+      <c r="J24" t="s">
+        <v>36</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>63</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>36</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>163</v>
+      </c>
+      <c r="M25" t="s">
+        <v>63</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>164</v>
+      </c>
+      <c r="P25" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>168</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>61</v>
+      </c>
+      <c r="G26" t="s">
+        <v>69</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>170</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>171</v>
+      </c>
+      <c r="P26" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>173</v>
+      </c>
+      <c r="B27" t="s">
+        <v>174</v>
+      </c>
+      <c r="C27" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" t="s">
+        <v>176</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>177</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>178</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>183</v>
+      </c>
+      <c r="D28" t="s">
+        <v>184</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>185</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>44</v>
       </c>
-      <c r="J8" t="s">
-[...11 lines deleted...]
-      <c r="N8" t="s">
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>192</v>
+      </c>
+      <c r="M29" t="s">
+        <v>46</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" t="s">
+        <v>132</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>61</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I9" t="s">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>44</v>
       </c>
-      <c r="J9" t="s">
-[...31 lines deleted...]
-      <c r="F10" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>197</v>
+      </c>
+      <c r="M30" t="s">
+        <v>46</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>200</v>
+      </c>
+      <c r="B31" t="s">
+        <v>201</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...3 lines deleted...]
-      <c r="I10" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>61</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>44</v>
       </c>
-      <c r="J10" t="s">
-[...31 lines deleted...]
-      <c r="F11" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>203</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+      <c r="G32" t="s">
+        <v>69</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2009</v>
+      </c>
+      <c r="J32" t="s">
+        <v>44</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>208</v>
+      </c>
+      <c r="M32" t="s">
+        <v>203</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>209</v>
+      </c>
+      <c r="P32" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>211</v>
+      </c>
+      <c r="B33" t="s">
+        <v>212</v>
+      </c>
+      <c r="C33" t="s">
+        <v>42</v>
+      </c>
+      <c r="D33" t="s">
+        <v>132</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>61</v>
+      </c>
+      <c r="G33" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H11"/>
-      <c r="I11" t="s">
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
         <v>44</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>213</v>
+      </c>
+      <c r="M33" t="s">
+        <v>203</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>42</v>
+      </c>
+      <c r="D34" t="s">
+        <v>100</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>61</v>
+      </c>
+      <c r="G34" t="s">
         <v>69</v>
-      </c>
-[...964 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>37</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>218</v>
+      </c>
+      <c r="M34" t="s">
+        <v>203</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>219</v>
+      </c>
+      <c r="P34" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>61</v>
+      </c>
+      <c r="G35" t="s">
+        <v>69</v>
+      </c>
+      <c r="H35">
+        <v>1993</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>44</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>223</v>
+      </c>
+      <c r="M35" t="s">
+        <v>46</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" t="s">
+        <v>228</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>185</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>229</v>
+      </c>
+      <c r="M36" t="s">
+        <v>46</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>230</v>
+      </c>
+      <c r="P36" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>232</v>
+      </c>
+      <c r="B37" t="s">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" t="s">
+        <v>228</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>61</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>185</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>234</v>
+      </c>
+      <c r="M37" t="s">
+        <v>46</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>235</v>
+      </c>
+      <c r="P37" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>237</v>
+      </c>
+      <c r="B38" t="s">
+        <v>238</v>
+      </c>
+      <c r="C38" t="s">
+        <v>42</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>44</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>239</v>
+      </c>
+      <c r="M38" t="s">
+        <v>46</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>240</v>
+      </c>
+      <c r="P38" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>242</v>
+      </c>
+      <c r="B39" t="s">
+        <v>243</v>
+      </c>
+      <c r="C39" t="s">
+        <v>42</v>
+      </c>
+      <c r="D39" t="s">
+        <v>228</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>61</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>185</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>234</v>
+      </c>
+      <c r="M39" t="s">
+        <v>46</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>244</v>
+      </c>
+      <c r="P39" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" t="s">
+        <v>42</v>
+      </c>
+      <c r="D40" t="s">
+        <v>228</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>61</v>
+      </c>
+      <c r="G40" t="s">
+        <v>69</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40">
+        <v>2016</v>
+      </c>
+      <c r="J40" t="s">
+        <v>185</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>248</v>
+      </c>
+      <c r="M40" t="s">
+        <v>46</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>249</v>
+      </c>
+      <c r="P40" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>251</v>
+      </c>
+      <c r="B41" t="s">
+        <v>252</v>
+      </c>
+      <c r="C41" t="s">
+        <v>253</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...34 lines deleted...]
-      <c r="H35">
+      <c r="G41" t="s">
+        <v>69</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>254</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>255</v>
+      </c>
+      <c r="M41" t="s">
+        <v>256</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>257</v>
+      </c>
+      <c r="P41" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" t="s">
+        <v>261</v>
+      </c>
+      <c r="D42" t="s">
+        <v>262</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>263</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>264</v>
+      </c>
+      <c r="M42" t="s">
+        <v>265</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>61</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>44</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>270</v>
+      </c>
+      <c r="M43" t="s">
+        <v>203</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>275</v>
+      </c>
+      <c r="D44" t="s">
+        <v>276</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2013</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>277</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>278</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>283</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>61</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2007</v>
+      </c>
+      <c r="I45">
+        <v>2008</v>
+      </c>
+      <c r="J45" t="s">
+        <v>53</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>284</v>
+      </c>
+      <c r="M45" t="s">
+        <v>285</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>283</v>
+      </c>
+      <c r="D46" t="s">
+        <v>290</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>61</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2017</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>53</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>291</v>
+      </c>
+      <c r="M46" t="s">
+        <v>285</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>283</v>
+      </c>
+      <c r="D47" t="s">
+        <v>290</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>61</v>
+      </c>
+      <c r="G47" t="s">
+        <v>69</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>53</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>291</v>
+      </c>
+      <c r="M47" t="s">
+        <v>285</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>296</v>
+      </c>
+      <c r="P47" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>298</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>300</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>44</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>301</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>304</v>
+      </c>
+      <c r="B49" t="s">
+        <v>305</v>
+      </c>
+      <c r="C49" t="s">
+        <v>42</v>
+      </c>
+      <c r="D49" t="s">
+        <v>68</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>44</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>306</v>
+      </c>
+      <c r="M49" t="s">
+        <v>46</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" t="s">
+        <v>308</v>
+      </c>
+      <c r="C50" t="s">
+        <v>42</v>
+      </c>
+      <c r="D50" t="s">
+        <v>60</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>69</v>
+      </c>
+      <c r="H50">
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2001</v>
+      </c>
+      <c r="J50" t="s">
+        <v>44</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>46</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>309</v>
+      </c>
+      <c r="P50" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>310</v>
+      </c>
+      <c r="B51" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>69</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>53</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>312</v>
+      </c>
+      <c r="M51" t="s">
+        <v>313</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>314</v>
+      </c>
+      <c r="P51" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>316</v>
+      </c>
+      <c r="B52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C52" t="s">
+        <v>59</v>
+      </c>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>69</v>
+      </c>
+      <c r="H52">
+        <v>2003</v>
+      </c>
+      <c r="I52">
+        <v>2017</v>
+      </c>
+      <c r="J52" t="s">
+        <v>53</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>318</v>
+      </c>
+      <c r="M52" t="s">
+        <v>319</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>320</v>
+      </c>
+      <c r="P52" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>322</v>
+      </c>
+      <c r="B53" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" t="s">
+        <v>300</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...28 lines deleted...]
-      <c r="F36" t="s">
+      <c r="G53" t="s">
+        <v>69</v>
+      </c>
+      <c r="H53">
+        <v>1999</v>
+      </c>
+      <c r="I53">
+        <v>2000</v>
+      </c>
+      <c r="J53" t="s">
+        <v>44</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>324</v>
+      </c>
+      <c r="M53" t="s">
+        <v>325</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>326</v>
+      </c>
+      <c r="P53" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>328</v>
+      </c>
+      <c r="B54" t="s">
+        <v>329</v>
+      </c>
+      <c r="C54" t="s">
+        <v>253</v>
+      </c>
+      <c r="D54" t="s">
+        <v>68</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>61</v>
+      </c>
+      <c r="G54" t="s">
+        <v>69</v>
+      </c>
+      <c r="H54">
+        <v>2003</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>330</v>
+      </c>
+      <c r="M54" t="s">
+        <v>331</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>332</v>
+      </c>
+      <c r="P54" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>334</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55" t="s">
+        <v>42</v>
+      </c>
+      <c r="D55" t="s">
+        <v>100</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>61</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>44</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>203</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>336</v>
+      </c>
+      <c r="P55" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>338</v>
+      </c>
+      <c r="B56" t="s">
+        <v>339</v>
+      </c>
+      <c r="C56" t="s">
+        <v>42</v>
+      </c>
+      <c r="D56" t="s">
         <v>19</v>
       </c>
-      <c r="G36">
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>61</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2014</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>44</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>203</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>340</v>
+      </c>
+      <c r="P56" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>342</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>42</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>61</v>
+      </c>
+      <c r="G57" t="s">
+        <v>69</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
         <v>2013</v>
       </c>
-      <c r="H36"/>
-[...35 lines deleted...]
-      <c r="F37" t="s">
+      <c r="J57" t="s">
+        <v>44</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>46</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>344</v>
+      </c>
+      <c r="P57" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" t="s">
+        <v>42</v>
+      </c>
+      <c r="D58" t="s">
+        <v>60</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>61</v>
+      </c>
+      <c r="G58" t="s">
+        <v>69</v>
+      </c>
+      <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
+      <c r="J58" t="s">
+        <v>44</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>203</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>348</v>
+      </c>
+      <c r="P58" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>350</v>
+      </c>
+      <c r="B59" t="s">
+        <v>351</v>
+      </c>
+      <c r="C59" t="s">
+        <v>352</v>
+      </c>
+      <c r="D59" t="s">
         <v>19</v>
       </c>
-      <c r="G37">
-[...38 lines deleted...]
-      <c r="F38" t="s">
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>61</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>353</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>354</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>355</v>
+      </c>
+      <c r="P59" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>350</v>
+      </c>
+      <c r="B60" t="s">
+        <v>357</v>
+      </c>
+      <c r="C60" t="s">
+        <v>352</v>
+      </c>
+      <c r="D60" t="s">
         <v>19</v>
       </c>
-      <c r="G38">
-[...38 lines deleted...]
-      <c r="F39" t="s">
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>353</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>354</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>358</v>
+      </c>
+      <c r="P60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>350</v>
+      </c>
+      <c r="B61" t="s">
+        <v>359</v>
+      </c>
+      <c r="C61" t="s">
+        <v>352</v>
+      </c>
+      <c r="D61" t="s">
         <v>19</v>
       </c>
-      <c r="G39">
-[...918 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>61</v>
+      </c>
+      <c r="G61" t="s">
+        <v>69</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
-      <c r="I61" t="s">
-        <v>239</v>
+      <c r="I61">
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N61" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>237</v>
+        <v>350</v>
       </c>
       <c r="B62" t="s">
-        <v>238</v>
+        <v>361</v>
       </c>
       <c r="C62" t="s">
-        <v>75</v>
+        <v>352</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E62" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>61</v>
+      </c>
+      <c r="G62" t="s">
+        <v>69</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
-      <c r="I62" t="s">
-        <v>239</v>
+      <c r="I62">
+        <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N62" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>362</v>
+      </c>
+      <c r="P62" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>363</v>
       </c>
       <c r="B63" t="s">
-        <v>238</v>
+        <v>364</v>
       </c>
       <c r="C63" t="s">
-        <v>55</v>
+        <v>352</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E63" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>61</v>
+      </c>
+      <c r="G63" t="s">
+        <v>69</v>
+      </c>
+      <c r="H63">
         <v>1996</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2012</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K63" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>240</v>
+        <v>366</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N63" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>367</v>
+      </c>
+      <c r="P63" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>369</v>
       </c>
       <c r="B64" t="s">
-        <v>238</v>
+        <v>370</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>352</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>61</v>
+      </c>
+      <c r="G64" t="s">
+        <v>69</v>
+      </c>
+      <c r="H64">
         <v>1996</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2010</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N64" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>371</v>
+      </c>
+      <c r="P64" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>372</v>
       </c>
       <c r="B65" t="s">
-        <v>238</v>
+        <v>100</v>
       </c>
       <c r="C65" t="s">
-        <v>75</v>
+        <v>352</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E65" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>61</v>
+      </c>
+      <c r="G65" t="s">
+        <v>69</v>
+      </c>
+      <c r="H65">
         <v>1996</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2010</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N65" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>374</v>
+      </c>
+      <c r="P65" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>254</v>
+        <v>376</v>
       </c>
       <c r="B66" t="s">
-        <v>35</v>
+        <v>377</v>
       </c>
       <c r="C66" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E66" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>69</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-        <v>37</v>
+      <c r="I66">
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
+        <v>44</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>378</v>
+      </c>
+      <c r="M66" t="s">
+        <v>203</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>379</v>
+      </c>
+      <c r="P66" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>380</v>
+      </c>
+      <c r="B67" t="s">
+        <v>381</v>
+      </c>
+      <c r="C67" t="s">
+        <v>382</v>
+      </c>
+      <c r="D67" t="s">
+        <v>111</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>35</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>383</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>384</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>385</v>
+      </c>
+      <c r="P67" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>380</v>
+      </c>
+      <c r="B68" t="s">
+        <v>381</v>
+      </c>
+      <c r="C68" t="s">
+        <v>382</v>
+      </c>
+      <c r="D68" t="s">
+        <v>111</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K66" t="s">
-[...8 lines deleted...]
-      <c r="N66" t="s">
+      <c r="G68" t="s">
+        <v>35</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>383</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>387</v>
+      </c>
+      <c r="M68" t="s">
+        <v>384</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>388</v>
+      </c>
+      <c r="P68" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>389</v>
+      </c>
+      <c r="B69" t="s">
+        <v>390</v>
+      </c>
+      <c r="C69" t="s">
+        <v>391</v>
+      </c>
+      <c r="D69" t="s">
+        <v>111</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" t="s">
+        <v>35</v>
+      </c>
+      <c r="H69"/>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>185</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>392</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>393</v>
+      </c>
+      <c r="P69" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>395</v>
+      </c>
+      <c r="B70" t="s">
+        <v>396</v>
+      </c>
+      <c r="C70" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" t="s">
+        <v>276</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>278</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>397</v>
+      </c>
+      <c r="P70" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>398</v>
+      </c>
+      <c r="B71" t="s">
+        <v>399</v>
+      </c>
+      <c r="C71" t="s">
+        <v>253</v>
+      </c>
+      <c r="D71" t="s">
+        <v>60</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>400</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>401</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>402</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>403</v>
+      </c>
+      <c r="P71" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>405</v>
+      </c>
+      <c r="B72" t="s">
+        <v>406</v>
+      </c>
+      <c r="C72" t="s">
+        <v>253</v>
+      </c>
+      <c r="D72" t="s">
+        <v>407</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>400</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>401</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>408</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>409</v>
+      </c>
+      <c r="P72" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>411</v>
+      </c>
+      <c r="B73" t="s">
+        <v>412</v>
+      </c>
+      <c r="C73" t="s">
+        <v>253</v>
+      </c>
+      <c r="D73" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>401</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>402</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>413</v>
+      </c>
+      <c r="P73" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>415</v>
+      </c>
+      <c r="B74" t="s">
+        <v>416</v>
+      </c>
+      <c r="C74" t="s">
+        <v>253</v>
+      </c>
+      <c r="D74" t="s">
+        <v>407</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>400</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>401</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>402</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>417</v>
+      </c>
+      <c r="P74" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>419</v>
+      </c>
+      <c r="B75" t="s">
+        <v>420</v>
+      </c>
+      <c r="C75" t="s">
+        <v>253</v>
+      </c>
+      <c r="D75" t="s">
+        <v>407</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>400</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2015</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>401</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>402</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>421</v>
+      </c>
+      <c r="P75" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>423</v>
+      </c>
+      <c r="B76" t="s">
+        <v>424</v>
+      </c>
+      <c r="C76" t="s">
+        <v>300</v>
+      </c>
+      <c r="D76" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>44</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>325</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>425</v>
+      </c>
+      <c r="P76" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>427</v>
+      </c>
+      <c r="B77" t="s">
+        <v>428</v>
+      </c>
+      <c r="C77" t="s">
+        <v>300</v>
+      </c>
+      <c r="D77" t="s">
+        <v>429</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>44</v>
+      </c>
+      <c r="K77" t="s">
+        <v>277</v>
+      </c>
+      <c r="L77" t="s">
+        <v>430</v>
+      </c>
+      <c r="M77" t="s">
+        <v>431</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>432</v>
+      </c>
+      <c r="P77" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>433</v>
+      </c>
+      <c r="B78" t="s">
+        <v>434</v>
+      </c>
+      <c r="C78" t="s">
+        <v>435</v>
+      </c>
+      <c r="D78" t="s">
+        <v>436</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2014</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>169</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>437</v>
+      </c>
+      <c r="M78" t="s">
+        <v>438</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>439</v>
+      </c>
+      <c r="P78" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>441</v>
+      </c>
+      <c r="B79" t="s">
+        <v>442</v>
+      </c>
+      <c r="C79" t="s">
+        <v>443</v>
+      </c>
+      <c r="D79" t="s">
+        <v>290</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>444</v>
+      </c>
+      <c r="G79" t="s">
+        <v>445</v>
+      </c>
+      <c r="H79">
+        <v>2014</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>446</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>447</v>
+      </c>
+      <c r="M79" t="s">
+        <v>448</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>449</v>
+      </c>
+      <c r="P79" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>451</v>
+      </c>
+      <c r="B80" t="s">
+        <v>452</v>
+      </c>
+      <c r="C80" t="s">
+        <v>453</v>
+      </c>
+      <c r="D80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>61</v>
+      </c>
+      <c r="G80" t="s">
+        <v>69</v>
+      </c>
+      <c r="H80">
+        <v>1993</v>
+      </c>
+      <c r="I80">
+        <v>2012</v>
+      </c>
+      <c r="J80" t="s">
+        <v>454</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>455</v>
+      </c>
+      <c r="M80" t="s">
+        <v>456</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>457</v>
+      </c>
+      <c r="P80" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>459</v>
+      </c>
+      <c r="B81" t="s">
+        <v>460</v>
+      </c>
+      <c r="C81" t="s">
+        <v>453</v>
+      </c>
+      <c r="D81" t="s">
+        <v>68</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>61</v>
+      </c>
+      <c r="G81" t="s">
+        <v>69</v>
+      </c>
+      <c r="H81">
+        <v>1993</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>454</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>461</v>
+      </c>
+      <c r="M81" t="s">
+        <v>456</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>462</v>
+      </c>
+      <c r="P81" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>463</v>
+      </c>
+      <c r="B82" t="s">
+        <v>464</v>
+      </c>
+      <c r="C82" t="s">
+        <v>453</v>
+      </c>
+      <c r="D82" t="s">
+        <v>68</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>61</v>
+      </c>
+      <c r="G82" t="s">
+        <v>69</v>
+      </c>
+      <c r="H82">
+        <v>1993</v>
+      </c>
+      <c r="I82">
+        <v>2013</v>
+      </c>
+      <c r="J82" t="s">
+        <v>454</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>465</v>
+      </c>
+      <c r="M82" t="s">
+        <v>456</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>466</v>
+      </c>
+      <c r="P82" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>468</v>
+      </c>
+      <c r="B83" t="s">
+        <v>469</v>
+      </c>
+      <c r="C83" t="s">
+        <v>453</v>
+      </c>
+      <c r="D83" t="s">
+        <v>19</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>61</v>
+      </c>
+      <c r="G83" t="s">
+        <v>69</v>
+      </c>
+      <c r="H83">
+        <v>1993</v>
+      </c>
+      <c r="I83">
+        <v>2016</v>
+      </c>
+      <c r="J83" t="s">
+        <v>454</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>456</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>470</v>
+      </c>
+      <c r="P83" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>471</v>
+      </c>
+      <c r="B84" t="s">
+        <v>472</v>
+      </c>
+      <c r="C84" t="s">
+        <v>453</v>
+      </c>
+      <c r="D84" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>61</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2018</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>454</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>456</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>473</v>
+      </c>
+      <c r="P84" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>474</v>
+      </c>
+      <c r="B85" t="s">
+        <v>475</v>
+      </c>
+      <c r="C85" t="s">
+        <v>453</v>
+      </c>
+      <c r="D85" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>61</v>
+      </c>
+      <c r="G85" t="s">
+        <v>69</v>
+      </c>
+      <c r="H85">
+        <v>1993</v>
+      </c>
+      <c r="I85">
+        <v>2010</v>
+      </c>
+      <c r="J85" t="s">
+        <v>454</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>476</v>
+      </c>
+      <c r="M85" t="s">
+        <v>456</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>477</v>
+      </c>
+      <c r="P85" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>478</v>
+      </c>
+      <c r="B86" t="s">
+        <v>479</v>
+      </c>
+      <c r="C86" t="s">
+        <v>480</v>
+      </c>
+      <c r="D86" t="s">
+        <v>184</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>35</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>365</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>481</v>
+      </c>
+      <c r="M86" t="s">
+        <v>482</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>483</v>
+      </c>
+      <c r="P86" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>485</v>
+      </c>
+      <c r="B87" t="s">
+        <v>486</v>
+      </c>
+      <c r="C87" t="s">
+        <v>487</v>
+      </c>
+      <c r="D87" t="s">
+        <v>488</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>69</v>
+      </c>
+      <c r="H87">
+        <v>2015</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>489</v>
+      </c>
+      <c r="K87" t="s">
+        <v>277</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>490</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>491</v>
+      </c>
+      <c r="P87" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>493</v>
+      </c>
+      <c r="B88" t="s">
+        <v>494</v>
+      </c>
+      <c r="C88" t="s">
+        <v>495</v>
+      </c>
+      <c r="D88" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>35</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>496</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>497</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>498</v>
+      </c>
+      <c r="P88" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>500</v>
+      </c>
+      <c r="B89" t="s">
+        <v>501</v>
+      </c>
+      <c r="C89" t="s">
+        <v>42</v>
+      </c>
+      <c r="D89" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>43</v>
+      </c>
+      <c r="G89" t="s">
+        <v>69</v>
+      </c>
+      <c r="H89">
+        <v>2010</v>
+      </c>
+      <c r="I89">
+        <v>2017</v>
+      </c>
+      <c r="J89" t="s">
+        <v>44</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>502</v>
+      </c>
+      <c r="M89" t="s">
+        <v>46</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>503</v>
+      </c>
+      <c r="P89" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>505</v>
+      </c>
+      <c r="B90" t="s">
+        <v>506</v>
+      </c>
+      <c r="C90" t="s">
+        <v>507</v>
+      </c>
+      <c r="D90" t="s">
+        <v>68</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>69</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
+      <c r="J90" t="s">
+        <v>185</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>508</v>
+      </c>
+      <c r="M90" t="s">
+        <v>509</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>510</v>
+      </c>
+      <c r="P90" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>512</v>
+      </c>
+      <c r="B91" t="s">
+        <v>513</v>
+      </c>
+      <c r="C91" t="s">
+        <v>42</v>
+      </c>
+      <c r="D91" t="s">
+        <v>19</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>43</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>44</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>514</v>
+      </c>
+      <c r="M91" t="s">
+        <v>46</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>515</v>
+      </c>
+      <c r="P91" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>516</v>
+      </c>
+      <c r="B92" t="s">
+        <v>517</v>
+      </c>
+      <c r="C92" t="s">
+        <v>518</v>
+      </c>
+      <c r="D92" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>61</v>
+      </c>
+      <c r="G92" t="s">
+        <v>69</v>
+      </c>
+      <c r="H92">
+        <v>2010</v>
+      </c>
+      <c r="I92">
+        <v>2022</v>
+      </c>
+      <c r="J92" t="s">
+        <v>454</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>519</v>
+      </c>
+      <c r="M92" t="s">
+        <v>520</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>521</v>
+      </c>
+      <c r="P92" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>523</v>
+      </c>
+      <c r="B93" t="s">
+        <v>524</v>
+      </c>
+      <c r="C93" t="s">
+        <v>518</v>
+      </c>
+      <c r="D93" t="s">
+        <v>19</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>61</v>
+      </c>
+      <c r="G93" t="s">
+        <v>69</v>
+      </c>
+      <c r="H93">
+        <v>1995</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>454</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>525</v>
+      </c>
+      <c r="M93" t="s">
+        <v>520</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>526</v>
+      </c>
+      <c r="P93" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>528</v>
+      </c>
+      <c r="B94" t="s">
+        <v>529</v>
+      </c>
+      <c r="C94" t="s">
+        <v>518</v>
+      </c>
+      <c r="D94" t="s">
+        <v>68</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>61</v>
+      </c>
+      <c r="G94" t="s">
+        <v>69</v>
+      </c>
+      <c r="H94">
+        <v>1996</v>
+      </c>
+      <c r="I94">
+        <v>2012</v>
+      </c>
+      <c r="J94" t="s">
+        <v>454</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>530</v>
+      </c>
+      <c r="M94" t="s">
+        <v>520</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>531</v>
+      </c>
+      <c r="P94" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>533</v>
+      </c>
+      <c r="B95" t="s">
+        <v>534</v>
+      </c>
+      <c r="C95" t="s">
+        <v>518</v>
+      </c>
+      <c r="D95" t="s">
+        <v>68</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>61</v>
+      </c>
+      <c r="G95" t="s">
+        <v>69</v>
+      </c>
+      <c r="H95">
+        <v>1996</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>454</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>535</v>
+      </c>
+      <c r="M95" t="s">
+        <v>520</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>536</v>
+      </c>
+      <c r="P95" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>538</v>
+      </c>
+      <c r="B96" t="s">
+        <v>539</v>
+      </c>
+      <c r="C96" t="s">
+        <v>518</v>
+      </c>
+      <c r="D96" t="s">
+        <v>60</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>61</v>
+      </c>
+      <c r="G96" t="s">
+        <v>69</v>
+      </c>
+      <c r="H96">
+        <v>1996</v>
+      </c>
+      <c r="I96">
+        <v>2012</v>
+      </c>
+      <c r="J96" t="s">
+        <v>454</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>540</v>
+      </c>
+      <c r="M96" t="s">
+        <v>520</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>541</v>
+      </c>
+      <c r="P96" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>543</v>
+      </c>
+      <c r="B97" t="s">
+        <v>544</v>
+      </c>
+      <c r="C97" t="s">
+        <v>518</v>
+      </c>
+      <c r="D97" t="s">
+        <v>19</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>61</v>
+      </c>
+      <c r="G97" t="s">
+        <v>69</v>
+      </c>
+      <c r="H97">
+        <v>1996</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
+        <v>454</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>545</v>
+      </c>
+      <c r="M97" t="s">
+        <v>520</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>546</v>
+      </c>
+      <c r="P97" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>548</v>
+      </c>
+      <c r="B98" t="s">
+        <v>549</v>
+      </c>
+      <c r="C98" t="s">
+        <v>518</v>
+      </c>
+      <c r="D98" t="s">
+        <v>60</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>61</v>
+      </c>
+      <c r="G98" t="s">
+        <v>69</v>
+      </c>
+      <c r="H98">
+        <v>1996</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>454</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>550</v>
+      </c>
+      <c r="M98" t="s">
+        <v>520</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>551</v>
+      </c>
+      <c r="P98" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>553</v>
+      </c>
+      <c r="B99" t="s">
+        <v>554</v>
+      </c>
+      <c r="C99" t="s">
+        <v>518</v>
+      </c>
+      <c r="D99" t="s">
+        <v>60</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>61</v>
+      </c>
+      <c r="G99" t="s">
+        <v>69</v>
+      </c>
+      <c r="H99">
+        <v>1997</v>
+      </c>
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
+        <v>454</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>555</v>
+      </c>
+      <c r="M99" t="s">
+        <v>520</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>556</v>
+      </c>
+      <c r="P99" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>558</v>
+      </c>
+      <c r="B100" t="s">
+        <v>559</v>
+      </c>
+      <c r="C100" t="s">
+        <v>518</v>
+      </c>
+      <c r="D100" t="s">
+        <v>19</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>61</v>
+      </c>
+      <c r="G100" t="s">
+        <v>69</v>
+      </c>
+      <c r="H100">
+        <v>1998</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>454</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>560</v>
+      </c>
+      <c r="M100" t="s">
+        <v>520</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>561</v>
+      </c>
+      <c r="P100" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>563</v>
+      </c>
+      <c r="B101" t="s">
+        <v>564</v>
+      </c>
+      <c r="C101" t="s">
+        <v>518</v>
+      </c>
+      <c r="D101" t="s">
+        <v>60</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>61</v>
+      </c>
+      <c r="G101" t="s">
+        <v>69</v>
+      </c>
+      <c r="H101">
+        <v>2003</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>454</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>565</v>
+      </c>
+      <c r="M101" t="s">
+        <v>520</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>566</v>
+      </c>
+      <c r="P101" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>568</v>
+      </c>
+      <c r="B102" t="s">
+        <v>569</v>
+      </c>
+      <c r="C102" t="s">
+        <v>518</v>
+      </c>
+      <c r="D102" t="s">
+        <v>19</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>61</v>
+      </c>
+      <c r="G102" t="s">
+        <v>69</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2012</v>
+      </c>
+      <c r="J102" t="s">
+        <v>454</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>570</v>
+      </c>
+      <c r="M102" t="s">
+        <v>520</v>
+      </c>
+      <c r="N102" t="s">
+        <v>571</v>
+      </c>
+      <c r="O102" t="s">
+        <v>572</v>
+      </c>
+      <c r="P102" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>574</v>
+      </c>
+      <c r="B103" t="s">
+        <v>575</v>
+      </c>
+      <c r="C103" t="s">
+        <v>518</v>
+      </c>
+      <c r="D103" t="s">
+        <v>60</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>61</v>
+      </c>
+      <c r="G103" t="s">
+        <v>69</v>
+      </c>
+      <c r="H103">
+        <v>2004</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>454</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>576</v>
+      </c>
+      <c r="M103" t="s">
+        <v>520</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>577</v>
+      </c>
+      <c r="P103" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>579</v>
+      </c>
+      <c r="B104" t="s">
+        <v>580</v>
+      </c>
+      <c r="C104" t="s">
+        <v>518</v>
+      </c>
+      <c r="D104" t="s">
+        <v>60</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>61</v>
+      </c>
+      <c r="G104" t="s">
+        <v>69</v>
+      </c>
+      <c r="H104">
+        <v>2004</v>
+      </c>
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>454</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>576</v>
+      </c>
+      <c r="M104" t="s">
+        <v>520</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>581</v>
+      </c>
+      <c r="P104" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>583</v>
+      </c>
+      <c r="B105" t="s">
+        <v>584</v>
+      </c>
+      <c r="C105" t="s">
+        <v>518</v>
+      </c>
+      <c r="D105" t="s">
+        <v>68</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>61</v>
+      </c>
+      <c r="G105" t="s">
+        <v>69</v>
+      </c>
+      <c r="H105">
+        <v>2004</v>
+      </c>
+      <c r="I105">
+        <v>2012</v>
+      </c>
+      <c r="J105" t="s">
+        <v>454</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>530</v>
+      </c>
+      <c r="M105" t="s">
+        <v>520</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>585</v>
+      </c>
+      <c r="P105" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>587</v>
+      </c>
+      <c r="B106" t="s">
+        <v>588</v>
+      </c>
+      <c r="C106" t="s">
+        <v>518</v>
+      </c>
+      <c r="D106" t="s">
+        <v>68</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>61</v>
+      </c>
+      <c r="G106" t="s">
+        <v>69</v>
+      </c>
+      <c r="H106">
+        <v>2005</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>454</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>589</v>
+      </c>
+      <c r="M106" t="s">
+        <v>520</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>590</v>
+      </c>
+      <c r="P106" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>592</v>
+      </c>
+      <c r="B107" t="s">
+        <v>593</v>
+      </c>
+      <c r="C107" t="s">
+        <v>518</v>
+      </c>
+      <c r="D107" t="s">
+        <v>60</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>61</v>
+      </c>
+      <c r="G107" t="s">
+        <v>69</v>
+      </c>
+      <c r="H107">
+        <v>2005</v>
+      </c>
+      <c r="I107">
+        <v>2012</v>
+      </c>
+      <c r="J107" t="s">
+        <v>454</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>594</v>
+      </c>
+      <c r="M107" t="s">
+        <v>520</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>595</v>
+      </c>
+      <c r="P107" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>597</v>
+      </c>
+      <c r="B108" t="s">
+        <v>598</v>
+      </c>
+      <c r="C108" t="s">
+        <v>518</v>
+      </c>
+      <c r="D108" t="s">
+        <v>68</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>61</v>
+      </c>
+      <c r="G108" t="s">
+        <v>69</v>
+      </c>
+      <c r="H108">
+        <v>2007</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>454</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>599</v>
+      </c>
+      <c r="M108" t="s">
+        <v>520</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>600</v>
+      </c>
+      <c r="P108" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>602</v>
+      </c>
+      <c r="B109" t="s">
+        <v>603</v>
+      </c>
+      <c r="C109" t="s">
+        <v>518</v>
+      </c>
+      <c r="D109" t="s">
+        <v>100</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>61</v>
+      </c>
+      <c r="G109" t="s">
+        <v>69</v>
+      </c>
+      <c r="H109">
+        <v>2013</v>
+      </c>
+      <c r="I109">
+        <v>2014</v>
+      </c>
+      <c r="J109" t="s">
+        <v>365</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>604</v>
+      </c>
+      <c r="M109" t="s">
+        <v>605</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>606</v>
+      </c>
+      <c r="P109" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>608</v>
+      </c>
+      <c r="B110" t="s">
+        <v>609</v>
+      </c>
+      <c r="C110" t="s">
+        <v>518</v>
+      </c>
+      <c r="D110" t="s">
+        <v>19</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>61</v>
+      </c>
+      <c r="G110" t="s">
+        <v>69</v>
+      </c>
+      <c r="H110">
+        <v>2009</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
+        <v>454</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>610</v>
+      </c>
+      <c r="M110" t="s">
+        <v>520</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>611</v>
+      </c>
+      <c r="P110" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>613</v>
+      </c>
+      <c r="B111" t="s">
+        <v>614</v>
+      </c>
+      <c r="C111" t="s">
+        <v>518</v>
+      </c>
+      <c r="D111" t="s">
+        <v>19</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>61</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2015</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>365</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>615</v>
+      </c>
+      <c r="M111" t="s">
+        <v>605</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>616</v>
+      </c>
+      <c r="P111"/>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>617</v>
+      </c>
+      <c r="B112" t="s">
+        <v>618</v>
+      </c>
+      <c r="C112" t="s">
+        <v>518</v>
+      </c>
+      <c r="D112" t="s">
+        <v>100</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>61</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>365</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>619</v>
+      </c>
+      <c r="M112" t="s">
+        <v>605</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>620</v>
+      </c>
+      <c r="P112"/>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>621</v>
+      </c>
+      <c r="B113" t="s">
+        <v>622</v>
+      </c>
+      <c r="C113" t="s">
+        <v>623</v>
+      </c>
+      <c r="D113" t="s">
+        <v>290</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>61</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2012</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>365</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>624</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>625</v>
+      </c>
+      <c r="P113" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>627</v>
+      </c>
+      <c r="B114" t="s">
+        <v>628</v>
+      </c>
+      <c r="C114" t="s">
+        <v>623</v>
+      </c>
+      <c r="D114" t="s">
+        <v>629</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>61</v>
+      </c>
+      <c r="G114" t="s">
+        <v>69</v>
+      </c>
+      <c r="H114">
+        <v>2012</v>
+      </c>
+      <c r="I114">
+        <v>2017</v>
+      </c>
+      <c r="J114" t="s">
+        <v>169</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>624</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>630</v>
+      </c>
+      <c r="P114" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>632</v>
+      </c>
+      <c r="B115" t="s">
+        <v>633</v>
+      </c>
+      <c r="C115" t="s">
+        <v>634</v>
+      </c>
+      <c r="D115" t="s">
+        <v>290</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>69</v>
+      </c>
+      <c r="H115">
+        <v>2016</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>635</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>636</v>
+      </c>
+      <c r="M115" t="s">
+        <v>637</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>638</v>
+      </c>
+      <c r="P115" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>640</v>
+      </c>
+      <c r="B116" t="s">
+        <v>641</v>
+      </c>
+      <c r="C116" t="s">
+        <v>253</v>
+      </c>
+      <c r="D116" t="s">
+        <v>60</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>61</v>
+      </c>
+      <c r="G116" t="s">
+        <v>69</v>
+      </c>
+      <c r="H116">
+        <v>2002</v>
+      </c>
+      <c r="I116">
+        <v>2015</v>
+      </c>
+      <c r="J116" t="s">
+        <v>642</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>643</v>
+      </c>
+      <c r="M116" t="s">
+        <v>331</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>644</v>
+      </c>
+      <c r="P116" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>646</v>
+      </c>
+      <c r="B117" t="s">
+        <v>647</v>
+      </c>
+      <c r="C117" t="s">
+        <v>253</v>
+      </c>
+      <c r="D117" t="s">
+        <v>19</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>61</v>
+      </c>
+      <c r="G117" t="s">
+        <v>69</v>
+      </c>
+      <c r="H117">
+        <v>2013</v>
+      </c>
+      <c r="I117">
+        <v>2017</v>
+      </c>
+      <c r="J117" t="s">
+        <v>642</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>648</v>
+      </c>
+      <c r="M117" t="s">
+        <v>331</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>649</v>
+      </c>
+      <c r="P117" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>651</v>
+      </c>
+      <c r="B118" t="s">
+        <v>652</v>
+      </c>
+      <c r="C118" t="s">
+        <v>253</v>
+      </c>
+      <c r="D118" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>69</v>
+      </c>
+      <c r="H118">
+        <v>2001</v>
+      </c>
+      <c r="I118">
+        <v>2019</v>
+      </c>
+      <c r="J118" t="s">
+        <v>642</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>653</v>
+      </c>
+      <c r="M118" t="s">
         <v>256</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="J67" t="s">
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>654</v>
+      </c>
+      <c r="P118" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>656</v>
+      </c>
+      <c r="B119" t="s">
+        <v>657</v>
+      </c>
+      <c r="C119" t="s">
+        <v>658</v>
+      </c>
+      <c r="D119" t="s">
+        <v>68</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>61</v>
+      </c>
+      <c r="G119" t="s">
+        <v>69</v>
+      </c>
+      <c r="H119">
+        <v>2004</v>
+      </c>
+      <c r="I119">
+        <v>2020</v>
+      </c>
+      <c r="J119" t="s">
+        <v>169</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>659</v>
+      </c>
+      <c r="M119" t="s">
+        <v>660</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>661</v>
+      </c>
+      <c r="P119" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>663</v>
+      </c>
+      <c r="B120" t="s">
+        <v>664</v>
+      </c>
+      <c r="C120" t="s">
+        <v>658</v>
+      </c>
+      <c r="D120" t="s">
+        <v>290</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>61</v>
+      </c>
+      <c r="G120" t="s">
+        <v>69</v>
+      </c>
+      <c r="H120">
+        <v>2011</v>
+      </c>
+      <c r="I120">
+        <v>2020</v>
+      </c>
+      <c r="J120" t="s">
+        <v>169</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>665</v>
+      </c>
+      <c r="M120" t="s">
+        <v>660</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>666</v>
+      </c>
+      <c r="P120" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>668</v>
+      </c>
+      <c r="B121" t="s">
+        <v>669</v>
+      </c>
+      <c r="C121" t="s">
+        <v>658</v>
+      </c>
+      <c r="D121" t="s">
+        <v>290</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>61</v>
+      </c>
+      <c r="G121" t="s">
+        <v>69</v>
+      </c>
+      <c r="H121">
+        <v>1998</v>
+      </c>
+      <c r="I121">
+        <v>2020</v>
+      </c>
+      <c r="J121" t="s">
+        <v>169</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>670</v>
+      </c>
+      <c r="M121" t="s">
+        <v>660</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>671</v>
+      </c>
+      <c r="P121" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>673</v>
+      </c>
+      <c r="B122" t="s">
+        <v>674</v>
+      </c>
+      <c r="C122" t="s">
+        <v>253</v>
+      </c>
+      <c r="D122" t="s">
+        <v>675</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>43</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2013</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>401</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>676</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>677</v>
+      </c>
+      <c r="P122" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>679</v>
+      </c>
+      <c r="B123" t="s">
+        <v>680</v>
+      </c>
+      <c r="C123" t="s">
+        <v>253</v>
+      </c>
+      <c r="D123" t="s">
+        <v>407</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>43</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>401</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>676</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>681</v>
+      </c>
+      <c r="P123" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>683</v>
+      </c>
+      <c r="B124" t="s">
+        <v>684</v>
+      </c>
+      <c r="C124" t="s">
+        <v>253</v>
+      </c>
+      <c r="D124" t="s">
+        <v>176</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>43</v>
+      </c>
+      <c r="G124" t="s">
+        <v>69</v>
+      </c>
+      <c r="H124">
+        <v>2007</v>
+      </c>
+      <c r="I124">
+        <v>2014</v>
+      </c>
+      <c r="J124" t="s">
+        <v>401</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>676</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>685</v>
+      </c>
+      <c r="P124" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>687</v>
+      </c>
+      <c r="B125" t="s">
+        <v>688</v>
+      </c>
+      <c r="C125" t="s">
+        <v>689</v>
+      </c>
+      <c r="D125" t="s">
+        <v>19</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-[...34 lines deleted...]
-      <c r="J68" t="s">
+      <c r="G125" t="s">
+        <v>69</v>
+      </c>
+      <c r="H125">
+        <v>2002</v>
+      </c>
+      <c r="I125">
+        <v>2021</v>
+      </c>
+      <c r="J125" t="s">
+        <v>254</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>690</v>
+      </c>
+      <c r="M125" t="s">
+        <v>691</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>692</v>
+      </c>
+      <c r="P125" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>694</v>
+      </c>
+      <c r="B126" t="s">
+        <v>695</v>
+      </c>
+      <c r="C126" t="s">
+        <v>689</v>
+      </c>
+      <c r="D126" t="s">
+        <v>696</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>43</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2021</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>254</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>697</v>
+      </c>
+      <c r="M126" t="s">
+        <v>691</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>698</v>
+      </c>
+      <c r="P126"/>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>694</v>
+      </c>
+      <c r="B127" t="s">
+        <v>695</v>
+      </c>
+      <c r="C127" t="s">
+        <v>689</v>
+      </c>
+      <c r="D127" t="s">
+        <v>696</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>43</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2021</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>254</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>697</v>
+      </c>
+      <c r="M127" t="s">
+        <v>691</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>699</v>
+      </c>
+      <c r="P127"/>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>700</v>
+      </c>
+      <c r="B128" t="s">
+        <v>701</v>
+      </c>
+      <c r="C128" t="s">
+        <v>702</v>
+      </c>
+      <c r="D128" t="s">
+        <v>184</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>34</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2016</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>263</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>481</v>
+      </c>
+      <c r="M128" t="s">
+        <v>703</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>704</v>
+      </c>
+      <c r="P128" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>706</v>
+      </c>
+      <c r="B129" t="s">
+        <v>707</v>
+      </c>
+      <c r="C129" t="s">
+        <v>708</v>
+      </c>
+      <c r="D129" t="s">
+        <v>19</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
         <v>21</v>
       </c>
-      <c r="K68" t="s">
-[...36 lines deleted...]
-      <c r="J69" t="s">
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2007</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>185</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>709</v>
+      </c>
+      <c r="M129" t="s">
+        <v>710</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>711</v>
+      </c>
+      <c r="P129" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>713</v>
+      </c>
+      <c r="B130" t="s">
+        <v>714</v>
+      </c>
+      <c r="C130" t="s">
+        <v>435</v>
+      </c>
+      <c r="D130" t="s">
+        <v>715</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
         <v>21</v>
       </c>
-      <c r="K69"/>
-[...351 lines deleted...]
-      <c r="G78">
+      <c r="G130" t="s">
+        <v>69</v>
+      </c>
+      <c r="H130">
         <v>2014</v>
       </c>
-      <c r="H78"/>
-[...461 lines deleted...]
-      <c r="H89">
+      <c r="I130">
         <v>2017</v>
       </c>
-      <c r="I89" t="s">
-[...1278 lines deleted...]
-      <c r="N118" t="s">
+      <c r="J130" t="s">
+        <v>53</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
         <v>438</v>
       </c>
-    </row>
-[...503 lines deleted...]
-      </c>
       <c r="N130" t="s">
-        <v>479</v>
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>716</v>
+      </c>
+      <c r="P130" t="s">
+        <v>717</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>