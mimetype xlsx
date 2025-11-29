--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,2100 +12,3155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="995">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2369,7659 +3424,8732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N179"/>
+  <dimension ref="A1:P179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1979</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>114</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>115</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1995</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>115</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>127</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>80</v>
+      </c>
+      <c r="H15">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...40 lines deleted...]
-      <c r="H4">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...85 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>113</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
         <v>52</v>
       </c>
-      <c r="J6" t="s">
-[...218 lines deleted...]
-      <c r="K11" t="s">
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>121</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>113</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>80</v>
       </c>
-      <c r="L11" t="s">
-[...152 lines deleted...]
-      <c r="G15">
+      <c r="H20">
         <v>2023</v>
       </c>
-      <c r="H15"/>
-[...137 lines deleted...]
-      <c r="N18" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>106</v>
       </c>
-    </row>
-[...69 lines deleted...]
-      <c r="K20"/>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
       <c r="L20"/>
-      <c r="M20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
         <v>111</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K21"/>
+        <v>113</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
       <c r="L21"/>
-      <c r="M21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M21"/>
       <c r="N21" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2023</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N22" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>80</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N23" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>54</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2003</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="K24" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>120</v>
+        <v>166</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="N24" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>122</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="D25" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="E25" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>54</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
-      <c r="I25" t="s">
-        <v>118</v>
+      <c r="I25">
+        <v>2011</v>
       </c>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="K25" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>120</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="N25" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="D26" t="s">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" t="s">
+        <v>80</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>87</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>179</v>
+      </c>
+      <c r="M26" t="s">
+        <v>167</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>167</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>167</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29" t="s">
+        <v>194</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" t="s">
+        <v>80</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>165</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>167</v>
+      </c>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>86</v>
+      </c>
+      <c r="D30" t="s">
+        <v>178</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>54</v>
+      </c>
+      <c r="G30" t="s">
+        <v>80</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>87</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>200</v>
+      </c>
+      <c r="M30" t="s">
+        <v>167</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" t="s">
+        <v>80</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>87</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" t="s">
+        <v>167</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" t="s">
+        <v>172</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" t="s">
+        <v>80</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>87</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>210</v>
+      </c>
+      <c r="M32" t="s">
+        <v>167</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>165</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>95</v>
+      </c>
+      <c r="M33" t="s">
+        <v>167</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>219</v>
+      </c>
+      <c r="D34" t="s">
+        <v>220</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2023</v>
+      </c>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>228</v>
+      </c>
+      <c r="D35" t="s">
+        <v>229</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>80</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>222</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>230</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>235</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>236</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>235</v>
+      </c>
+      <c r="D37" t="s">
+        <v>242</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>243</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>237</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>172</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
+        <v>80</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>243</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>235</v>
+      </c>
+      <c r="D39" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>54</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>243</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>237</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>256</v>
+      </c>
+      <c r="D40" t="s">
+        <v>94</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>80</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>257</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>258</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>259</v>
+      </c>
+      <c r="P40" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>261</v>
+      </c>
+      <c r="B41" t="s">
+        <v>262</v>
+      </c>
+      <c r="C41" t="s">
+        <v>263</v>
+      </c>
+      <c r="D41" t="s">
+        <v>94</v>
+      </c>
+      <c r="E41" t="s">
+        <v>264</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>265</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>44</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>266</v>
+      </c>
+      <c r="M41" t="s">
+        <v>267</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>268</v>
+      </c>
+      <c r="P41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" t="s">
+        <v>264</v>
+      </c>
+      <c r="F42" t="s">
+        <v>273</v>
+      </c>
+      <c r="G42" t="s">
+        <v>265</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>63</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>274</v>
+      </c>
+      <c r="M42" t="s">
+        <v>275</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>276</v>
+      </c>
+      <c r="P42" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>278</v>
+      </c>
+      <c r="B43" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" t="s">
+        <v>280</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>54</v>
+      </c>
+      <c r="G43" t="s">
+        <v>80</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>281</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>282</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>283</v>
+      </c>
+      <c r="P43" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" t="s">
+        <v>286</v>
+      </c>
+      <c r="C44" t="s">
+        <v>280</v>
+      </c>
+      <c r="D44" t="s">
+        <v>242</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" t="s">
+        <v>80</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>281</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>282</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>287</v>
+      </c>
+      <c r="P44" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>288</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>280</v>
+      </c>
+      <c r="D45" t="s">
+        <v>194</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" t="s">
+        <v>80</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>281</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>282</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>290</v>
+      </c>
+      <c r="P45" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>291</v>
+      </c>
+      <c r="B46" t="s">
+        <v>292</v>
+      </c>
+      <c r="C46" t="s">
+        <v>280</v>
+      </c>
+      <c r="D46" t="s">
+        <v>100</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" t="s">
+        <v>80</v>
+      </c>
+      <c r="H46">
+        <v>2010</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>281</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>282</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>293</v>
+      </c>
+      <c r="P46" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>280</v>
+      </c>
+      <c r="D47" t="s">
+        <v>178</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" t="s">
+        <v>80</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>281</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>282</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>296</v>
+      </c>
+      <c r="P47" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>297</v>
+      </c>
+      <c r="B48" t="s">
+        <v>298</v>
+      </c>
+      <c r="C48" t="s">
+        <v>280</v>
+      </c>
+      <c r="D48" t="s">
+        <v>178</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>54</v>
+      </c>
+      <c r="G48" t="s">
+        <v>80</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>281</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>282</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>299</v>
+      </c>
+      <c r="P48" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>300</v>
+      </c>
+      <c r="B49" t="s">
+        <v>301</v>
+      </c>
+      <c r="C49" t="s">
+        <v>280</v>
+      </c>
+      <c r="D49" t="s">
+        <v>100</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" t="s">
+        <v>80</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>281</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>282</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>302</v>
+      </c>
+      <c r="P49" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>280</v>
+      </c>
+      <c r="D50" t="s">
+        <v>100</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>54</v>
+      </c>
+      <c r="G50" t="s">
+        <v>80</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>281</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>282</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>305</v>
+      </c>
+      <c r="P50" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>306</v>
+      </c>
+      <c r="B51" t="s">
+        <v>307</v>
+      </c>
+      <c r="C51" t="s">
+        <v>280</v>
+      </c>
+      <c r="D51" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>54</v>
+      </c>
+      <c r="G51" t="s">
+        <v>80</v>
+      </c>
+      <c r="H51">
+        <v>2010</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>281</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>282</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>308</v>
+      </c>
+      <c r="P51" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>309</v>
+      </c>
+      <c r="B52" t="s">
+        <v>310</v>
+      </c>
+      <c r="C52" t="s">
+        <v>311</v>
+      </c>
+      <c r="D52" t="s">
+        <v>94</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>54</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2002</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>312</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>313</v>
+      </c>
+      <c r="M52" t="s">
+        <v>314</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>315</v>
+      </c>
+      <c r="P52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>317</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>311</v>
+      </c>
+      <c r="D53" t="s">
+        <v>100</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>54</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2000</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>312</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>319</v>
+      </c>
+      <c r="M53" t="s">
+        <v>314</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>320</v>
+      </c>
+      <c r="P53" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>322</v>
+      </c>
+      <c r="B54" t="s">
+        <v>323</v>
+      </c>
+      <c r="C54" t="s">
+        <v>311</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>54</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2000</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>312</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>324</v>
+      </c>
+      <c r="M54" t="s">
+        <v>314</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>325</v>
+      </c>
+      <c r="P54" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>327</v>
+      </c>
+      <c r="B55" t="s">
+        <v>328</v>
+      </c>
+      <c r="C55" t="s">
+        <v>311</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>54</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2000</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>312</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>324</v>
+      </c>
+      <c r="M55" t="s">
+        <v>314</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>329</v>
+      </c>
+      <c r="P55" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>331</v>
+      </c>
+      <c r="B56" t="s">
+        <v>332</v>
+      </c>
+      <c r="C56" t="s">
+        <v>280</v>
+      </c>
+      <c r="D56" t="s">
+        <v>94</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2009</v>
+      </c>
+      <c r="J56" t="s">
+        <v>281</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>333</v>
+      </c>
+      <c r="M56" t="s">
+        <v>282</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>334</v>
+      </c>
+      <c r="P56" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>336</v>
+      </c>
+      <c r="B57" t="s">
+        <v>337</v>
+      </c>
+      <c r="C57" t="s">
+        <v>338</v>
+      </c>
+      <c r="D57" t="s">
+        <v>94</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>339</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>340</v>
+      </c>
+      <c r="M57" t="s">
+        <v>341</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>342</v>
+      </c>
+      <c r="P57" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>344</v>
+      </c>
+      <c r="B58" t="s">
+        <v>345</v>
+      </c>
+      <c r="C58" t="s">
+        <v>346</v>
+      </c>
+      <c r="D58" t="s">
+        <v>94</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>54</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1997</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>63</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>347</v>
+      </c>
+      <c r="M58" t="s">
+        <v>348</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>349</v>
+      </c>
+      <c r="P58" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>351</v>
+      </c>
+      <c r="B59" t="s">
+        <v>352</v>
+      </c>
+      <c r="C59" t="s">
+        <v>353</v>
+      </c>
+      <c r="D59" t="s">
+        <v>94</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>273</v>
+      </c>
+      <c r="G59" t="s">
+        <v>80</v>
+      </c>
+      <c r="H59">
+        <v>2023</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>354</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>355</v>
+      </c>
+      <c r="M59" t="s">
+        <v>356</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>357</v>
+      </c>
+      <c r="P59" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>359</v>
+      </c>
+      <c r="B60" t="s">
+        <v>360</v>
+      </c>
+      <c r="C60" t="s">
+        <v>361</v>
+      </c>
+      <c r="D60" t="s">
+        <v>362</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>273</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>63</v>
+      </c>
+      <c r="K60" t="s">
         <v>45</v>
       </c>
-      <c r="F26" t="s">
-[...49 lines deleted...]
-      <c r="H27">
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>363</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>364</v>
+      </c>
+      <c r="P60" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>366</v>
+      </c>
+      <c r="B61" t="s">
+        <v>367</v>
+      </c>
+      <c r="C61" t="s">
+        <v>311</v>
+      </c>
+      <c r="D61" t="s">
+        <v>100</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>54</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2000</v>
+      </c>
+      <c r="I61">
+        <v>2015</v>
+      </c>
+      <c r="J61" t="s">
+        <v>312</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>319</v>
+      </c>
+      <c r="M61" t="s">
+        <v>314</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>368</v>
+      </c>
+      <c r="P61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>370</v>
+      </c>
+      <c r="B62" t="s">
+        <v>371</v>
+      </c>
+      <c r="C62" t="s">
+        <v>372</v>
+      </c>
+      <c r="D62" t="s">
+        <v>373</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>374</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
         <v>2011</v>
       </c>
-      <c r="I27" t="s">
-[...1465 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>376</v>
       </c>
       <c r="N62" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>377</v>
+      </c>
+      <c r="P62" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>263</v>
+        <v>379</v>
       </c>
       <c r="B63" t="s">
-        <v>86</v>
+        <v>380</v>
       </c>
       <c r="C63" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="D63" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E63" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>54</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
-      <c r="I63" t="s">
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>257</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>25</v>
+      </c>
+      <c r="M63" t="s">
+        <v>381</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>382</v>
+      </c>
+      <c r="P63" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>384</v>
+      </c>
+      <c r="B64" t="s">
+        <v>385</v>
+      </c>
+      <c r="C64" t="s">
+        <v>386</v>
+      </c>
+      <c r="D64" t="s">
+        <v>94</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>54</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1997</v>
+      </c>
+      <c r="I64">
+        <v>2018</v>
+      </c>
+      <c r="J64" t="s">
+        <v>63</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>387</v>
+      </c>
+      <c r="M64" t="s">
+        <v>388</v>
+      </c>
+      <c r="N64" t="s">
+        <v>115</v>
+      </c>
+      <c r="O64" t="s">
+        <v>389</v>
+      </c>
+      <c r="P64" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>391</v>
+      </c>
+      <c r="B65" t="s">
+        <v>392</v>
+      </c>
+      <c r="C65" t="s">
+        <v>393</v>
+      </c>
+      <c r="D65" t="s">
+        <v>172</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>54</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>165</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>394</v>
+      </c>
+      <c r="M65" t="s">
+        <v>388</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>395</v>
+      </c>
+      <c r="P65" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>397</v>
+      </c>
+      <c r="B66" t="s">
+        <v>398</v>
+      </c>
+      <c r="C66" t="s">
+        <v>399</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>54</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1994</v>
+      </c>
+      <c r="I66">
+        <v>2020</v>
+      </c>
+      <c r="J66" t="s">
+        <v>165</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>400</v>
+      </c>
+      <c r="M66" t="s">
+        <v>388</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>401</v>
+      </c>
+      <c r="P66" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>403</v>
+      </c>
+      <c r="B67" t="s">
+        <v>404</v>
+      </c>
+      <c r="C67" t="s">
+        <v>405</v>
+      </c>
+      <c r="D67" t="s">
+        <v>172</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>54</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67">
+        <v>2018</v>
+      </c>
+      <c r="J67" t="s">
+        <v>165</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>406</v>
+      </c>
+      <c r="M67" t="s">
+        <v>388</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>407</v>
+      </c>
+      <c r="P67" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>409</v>
+      </c>
+      <c r="B68" t="s">
+        <v>410</v>
+      </c>
+      <c r="C68" t="s">
+        <v>399</v>
+      </c>
+      <c r="D68" t="s">
+        <v>100</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>54</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2001</v>
+      </c>
+      <c r="I68">
+        <v>2019</v>
+      </c>
+      <c r="J68" t="s">
+        <v>165</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>411</v>
+      </c>
+      <c r="M68" t="s">
+        <v>388</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>414</v>
+      </c>
+      <c r="B69" t="s">
+        <v>415</v>
+      </c>
+      <c r="C69" t="s">
+        <v>405</v>
+      </c>
+      <c r="D69" t="s">
         <v>178</v>
       </c>
-      <c r="J63" t="s">
-[...2 lines deleted...]
-      <c r="K63" t="s">
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
         <v>22</v>
-      </c>
-[...250 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
-      <c r="I69" t="s">
-        <v>118</v>
+      <c r="I69">
+        <v>2016</v>
       </c>
       <c r="J69" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="K69" t="s">
-        <v>287</v>
+        <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>269</v>
+        <v>416</v>
       </c>
       <c r="M69" t="s">
+        <v>388</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>417</v>
+      </c>
+      <c r="P69" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>419</v>
+      </c>
+      <c r="B70" t="s">
+        <v>420</v>
+      </c>
+      <c r="C70" t="s">
+        <v>405</v>
+      </c>
+      <c r="D70" t="s">
+        <v>178</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" t="s">
+        <v>80</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>165</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>421</v>
+      </c>
+      <c r="M70" t="s">
+        <v>388</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>422</v>
+      </c>
+      <c r="P70" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>424</v>
+      </c>
+      <c r="B71" t="s">
+        <v>425</v>
+      </c>
+      <c r="C71" t="s">
+        <v>405</v>
+      </c>
+      <c r="D71" t="s">
+        <v>242</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2004</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>165</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>426</v>
+      </c>
+      <c r="M71" t="s">
+        <v>388</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>427</v>
+      </c>
+      <c r="P71" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>429</v>
+      </c>
+      <c r="B72" t="s">
+        <v>430</v>
+      </c>
+      <c r="C72" t="s">
+        <v>70</v>
+      </c>
+      <c r="D72" t="s">
+        <v>53</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2004</v>
+      </c>
+      <c r="I72">
+        <v>2011</v>
+      </c>
+      <c r="J72" t="s">
+        <v>431</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>432</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>433</v>
+      </c>
+      <c r="P72" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>435</v>
+      </c>
+      <c r="B73" t="s">
+        <v>436</v>
+      </c>
+      <c r="C73" t="s">
+        <v>70</v>
+      </c>
+      <c r="D73" t="s">
+        <v>437</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2009</v>
+      </c>
+      <c r="I73">
+        <v>2011</v>
+      </c>
+      <c r="J73" t="s">
+        <v>431</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>432</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>438</v>
+      </c>
+      <c r="P73" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>439</v>
+      </c>
+      <c r="B74" t="s">
+        <v>440</v>
+      </c>
+      <c r="C74" t="s">
+        <v>70</v>
+      </c>
+      <c r="D74" t="s">
+        <v>178</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2010</v>
+      </c>
+      <c r="J74" t="s">
+        <v>431</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>432</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>441</v>
+      </c>
+      <c r="P74" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>442</v>
+      </c>
+      <c r="B75" t="s">
+        <v>443</v>
+      </c>
+      <c r="C75" t="s">
+        <v>86</v>
+      </c>
+      <c r="D75" t="s">
+        <v>94</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1989</v>
+      </c>
+      <c r="I75">
+        <v>2013</v>
+      </c>
+      <c r="J75" t="s">
+        <v>165</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>95</v>
+      </c>
+      <c r="M75" t="s">
+        <v>89</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>444</v>
+      </c>
+      <c r="P75" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>446</v>
+      </c>
+      <c r="B76" t="s">
+        <v>446</v>
+      </c>
+      <c r="C76" t="s">
+        <v>86</v>
+      </c>
+      <c r="D76" t="s">
+        <v>100</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>165</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>101</v>
+      </c>
+      <c r="M76" t="s">
+        <v>89</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>447</v>
+      </c>
+      <c r="P76" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>449</v>
+      </c>
+      <c r="B77" t="s">
+        <v>450</v>
+      </c>
+      <c r="C77" t="s">
+        <v>86</v>
+      </c>
+      <c r="D77" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
+      <c r="J77" t="s">
+        <v>165</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>451</v>
+      </c>
+      <c r="M77" t="s">
+        <v>89</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>452</v>
+      </c>
+      <c r="P77" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>454</v>
+      </c>
+      <c r="B78" t="s">
+        <v>455</v>
+      </c>
+      <c r="C78" t="s">
+        <v>86</v>
+      </c>
+      <c r="D78" t="s">
+        <v>456</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G78" t="s">
+        <v>80</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>63</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>457</v>
+      </c>
+      <c r="M78" t="s">
+        <v>458</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>459</v>
+      </c>
+      <c r="P78" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>461</v>
+      </c>
+      <c r="B79" t="s">
+        <v>462</v>
+      </c>
+      <c r="C79" t="s">
+        <v>463</v>
+      </c>
+      <c r="D79" t="s">
+        <v>53</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>80</v>
+      </c>
+      <c r="H79">
+        <v>1989</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>165</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>464</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>465</v>
+      </c>
+      <c r="P79" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>467</v>
+      </c>
+      <c r="B80" t="s">
+        <v>468</v>
+      </c>
+      <c r="C80" t="s">
+        <v>463</v>
+      </c>
+      <c r="D80" t="s">
+        <v>100</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1989</v>
+      </c>
+      <c r="I80">
+        <v>2015</v>
+      </c>
+      <c r="J80" t="s">
+        <v>469</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>464</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>470</v>
+      </c>
+      <c r="P80" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>472</v>
+      </c>
+      <c r="B81" t="s">
+        <v>473</v>
+      </c>
+      <c r="C81" t="s">
+        <v>463</v>
+      </c>
+      <c r="D81" t="s">
+        <v>100</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>80</v>
+      </c>
+      <c r="H81">
+        <v>1989</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>312</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>464</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>474</v>
+      </c>
+      <c r="P81" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>476</v>
+      </c>
+      <c r="B82" t="s">
+        <v>477</v>
+      </c>
+      <c r="C82" t="s">
+        <v>463</v>
+      </c>
+      <c r="D82" t="s">
+        <v>100</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>80</v>
+      </c>
+      <c r="H82">
+        <v>1989</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>312</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>464</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>478</v>
+      </c>
+      <c r="P82" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>480</v>
+      </c>
+      <c r="B83" t="s">
+        <v>481</v>
+      </c>
+      <c r="C83" t="s">
+        <v>463</v>
+      </c>
+      <c r="D83" t="s">
+        <v>53</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>80</v>
+      </c>
+      <c r="H83">
+        <v>1987</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>165</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>464</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>482</v>
+      </c>
+      <c r="P83" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>484</v>
+      </c>
+      <c r="B84" t="s">
+        <v>485</v>
+      </c>
+      <c r="C84" t="s">
+        <v>463</v>
+      </c>
+      <c r="D84" t="s">
+        <v>94</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>80</v>
+      </c>
+      <c r="H84">
+        <v>1984</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>312</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>486</v>
+      </c>
+      <c r="M84" t="s">
+        <v>487</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>488</v>
+      </c>
+      <c r="P84" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>490</v>
+      </c>
+      <c r="B85" t="s">
+        <v>491</v>
+      </c>
+      <c r="C85" t="s">
+        <v>463</v>
+      </c>
+      <c r="D85" t="s">
+        <v>94</v>
+      </c>
+      <c r="E85" t="s">
+        <v>42</v>
+      </c>
+      <c r="F85" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85">
+        <v>2014</v>
+      </c>
+      <c r="J85" t="s">
+        <v>312</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>492</v>
+      </c>
+      <c r="M85" t="s">
+        <v>487</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>493</v>
+      </c>
+      <c r="P85" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>495</v>
+      </c>
+      <c r="B86" t="s">
+        <v>496</v>
+      </c>
+      <c r="C86" t="s">
+        <v>497</v>
+      </c>
+      <c r="D86" t="s">
+        <v>94</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>273</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86">
+        <v>2024</v>
+      </c>
+      <c r="J86" t="s">
+        <v>498</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>499</v>
+      </c>
+      <c r="M86" t="s">
+        <v>500</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>501</v>
+      </c>
+      <c r="P86" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>503</v>
+      </c>
+      <c r="B87" t="s">
+        <v>504</v>
+      </c>
+      <c r="C87" t="s">
+        <v>505</v>
+      </c>
+      <c r="D87" t="s">
+        <v>94</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>273</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1989</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>339</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>506</v>
+      </c>
+      <c r="M87" t="s">
+        <v>507</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>508</v>
+      </c>
+      <c r="P87" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>510</v>
+      </c>
+      <c r="B88" t="s">
+        <v>511</v>
+      </c>
+      <c r="C88" t="s">
+        <v>505</v>
+      </c>
+      <c r="D88" t="s">
+        <v>53</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1999</v>
+      </c>
+      <c r="I88">
+        <v>2014</v>
+      </c>
+      <c r="J88" t="s">
+        <v>339</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>512</v>
+      </c>
+      <c r="M88" t="s">
+        <v>507</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>513</v>
+      </c>
+      <c r="P88" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>515</v>
+      </c>
+      <c r="B89" t="s">
+        <v>516</v>
+      </c>
+      <c r="C89" t="s">
+        <v>311</v>
+      </c>
+      <c r="D89" t="s">
+        <v>53</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>54</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2000</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>312</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>517</v>
+      </c>
+      <c r="M89" t="s">
+        <v>314</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>518</v>
+      </c>
+      <c r="P89" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>520</v>
+      </c>
+      <c r="B90" t="s">
+        <v>521</v>
+      </c>
+      <c r="C90" t="s">
+        <v>311</v>
+      </c>
+      <c r="D90" t="s">
+        <v>53</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>54</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2000</v>
+      </c>
+      <c r="I90">
+        <v>2013</v>
+      </c>
+      <c r="J90" t="s">
+        <v>312</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>314</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>522</v>
+      </c>
+      <c r="P90" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>524</v>
+      </c>
+      <c r="B91" t="s">
+        <v>525</v>
+      </c>
+      <c r="C91" t="s">
+        <v>311</v>
+      </c>
+      <c r="D91" t="s">
+        <v>53</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>54</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2000</v>
+      </c>
+      <c r="I91">
+        <v>2013</v>
+      </c>
+      <c r="J91" t="s">
+        <v>312</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>517</v>
+      </c>
+      <c r="M91" t="s">
+        <v>526</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>527</v>
+      </c>
+      <c r="P91" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>529</v>
+      </c>
+      <c r="B92" t="s">
+        <v>530</v>
+      </c>
+      <c r="C92" t="s">
+        <v>311</v>
+      </c>
+      <c r="D92" t="s">
+        <v>437</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" t="s">
+        <v>80</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>312</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>526</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>531</v>
+      </c>
+      <c r="P92" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>533</v>
+      </c>
+      <c r="B93" t="s">
+        <v>534</v>
+      </c>
+      <c r="C93" t="s">
+        <v>311</v>
+      </c>
+      <c r="D93" t="s">
+        <v>100</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>54</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2000</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>312</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>517</v>
+      </c>
+      <c r="M93" t="s">
+        <v>526</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>535</v>
+      </c>
+      <c r="P93" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>537</v>
+      </c>
+      <c r="B94" t="s">
+        <v>538</v>
+      </c>
+      <c r="C94" t="s">
+        <v>311</v>
+      </c>
+      <c r="D94" t="s">
+        <v>94</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>54</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2002</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>312</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>539</v>
+      </c>
+      <c r="M94" t="s">
+        <v>314</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>540</v>
+      </c>
+      <c r="P94" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>542</v>
+      </c>
+      <c r="B95" t="s">
+        <v>543</v>
+      </c>
+      <c r="C95" t="s">
+        <v>311</v>
+      </c>
+      <c r="D95" t="s">
+        <v>100</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>54</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2000</v>
+      </c>
+      <c r="I95">
+        <v>2013</v>
+      </c>
+      <c r="J95" t="s">
+        <v>312</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>544</v>
+      </c>
+      <c r="M95" t="s">
+        <v>314</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>545</v>
+      </c>
+      <c r="P95"/>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>311</v>
+      </c>
+      <c r="D96" t="s">
+        <v>53</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>54</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2000</v>
+      </c>
+      <c r="I96">
+        <v>2015</v>
+      </c>
+      <c r="J96" t="s">
+        <v>312</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>314</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>548</v>
+      </c>
+      <c r="P96" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>550</v>
+      </c>
+      <c r="B97" t="s">
+        <v>551</v>
+      </c>
+      <c r="C97" t="s">
+        <v>311</v>
+      </c>
+      <c r="D97" t="s">
+        <v>53</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>54</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2000</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
+        <v>312</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>526</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>552</v>
+      </c>
+      <c r="P97" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>554</v>
+      </c>
+      <c r="B98" t="s">
+        <v>555</v>
+      </c>
+      <c r="C98" t="s">
+        <v>311</v>
+      </c>
+      <c r="D98" t="s">
+        <v>100</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>54</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2000</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>312</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>388</v>
+      </c>
+      <c r="M98" t="s">
+        <v>314</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>556</v>
+      </c>
+      <c r="P98" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>558</v>
+      </c>
+      <c r="B99" t="s">
+        <v>559</v>
+      </c>
+      <c r="C99" t="s">
+        <v>311</v>
+      </c>
+      <c r="D99" t="s">
+        <v>100</v>
+      </c>
+      <c r="E99" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" t="s">
+        <v>54</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2000</v>
+      </c>
+      <c r="I99">
+        <v>2014</v>
+      </c>
+      <c r="J99" t="s">
+        <v>312</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>526</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>560</v>
+      </c>
+      <c r="P99" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>562</v>
+      </c>
+      <c r="B100" t="s">
+        <v>563</v>
+      </c>
+      <c r="C100" t="s">
+        <v>564</v>
+      </c>
+      <c r="D100" t="s">
+        <v>94</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>273</v>
+      </c>
+      <c r="G100" t="s">
+        <v>80</v>
+      </c>
+      <c r="H100">
+        <v>2018</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>236</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>565</v>
+      </c>
+      <c r="M100" t="s">
+        <v>500</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>566</v>
+      </c>
+      <c r="P100" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" t="s">
+        <v>569</v>
+      </c>
+      <c r="C101" t="s">
+        <v>280</v>
+      </c>
+      <c r="D101" t="s">
+        <v>194</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>54</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1996</v>
+      </c>
+      <c r="I101">
+        <v>2010</v>
+      </c>
+      <c r="J101" t="s">
+        <v>281</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>282</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>570</v>
+      </c>
+      <c r="P101" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>572</v>
+      </c>
+      <c r="B102" t="s">
+        <v>573</v>
+      </c>
+      <c r="C102" t="s">
+        <v>228</v>
+      </c>
+      <c r="D102" t="s">
+        <v>94</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>273</v>
+      </c>
+      <c r="G102" t="s">
+        <v>80</v>
+      </c>
+      <c r="H102">
+        <v>2023</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
+      <c r="J102" t="s">
+        <v>574</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>575</v>
+      </c>
+      <c r="M102" t="s">
+        <v>230</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>576</v>
+      </c>
+      <c r="P102" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>578</v>
+      </c>
+      <c r="B103" t="s">
+        <v>579</v>
+      </c>
+      <c r="C103" t="s">
+        <v>580</v>
+      </c>
+      <c r="D103" t="s">
+        <v>94</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1984</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>375</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>581</v>
+      </c>
+      <c r="M103" t="s">
+        <v>582</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>583</v>
+      </c>
+      <c r="P103" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>585</v>
+      </c>
+      <c r="B104" t="s">
+        <v>586</v>
+      </c>
+      <c r="C104" t="s">
+        <v>587</v>
+      </c>
+      <c r="D104" t="s">
+        <v>94</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>80</v>
+      </c>
+      <c r="H104">
+        <v>2016</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>431</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>588</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>589</v>
+      </c>
+      <c r="P104" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>591</v>
+      </c>
+      <c r="B105" t="s">
+        <v>592</v>
+      </c>
+      <c r="C105" t="s">
+        <v>587</v>
+      </c>
+      <c r="D105" t="s">
+        <v>94</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>80</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>431</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>588</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>593</v>
+      </c>
+      <c r="P105" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>595</v>
+      </c>
+      <c r="B106" t="s">
+        <v>596</v>
+      </c>
+      <c r="C106" t="s">
+        <v>587</v>
+      </c>
+      <c r="D106" t="s">
+        <v>94</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>43</v>
+      </c>
+      <c r="G106" t="s">
+        <v>80</v>
+      </c>
+      <c r="H106">
+        <v>2016</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>431</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>588</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>597</v>
+      </c>
+      <c r="P106" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>599</v>
+      </c>
+      <c r="B107" t="s">
+        <v>600</v>
+      </c>
+      <c r="C107" t="s">
+        <v>601</v>
+      </c>
+      <c r="D107" t="s">
+        <v>100</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>273</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2012</v>
+      </c>
+      <c r="I107">
+        <v>2010</v>
+      </c>
+      <c r="J107" t="s">
+        <v>281</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>602</v>
+      </c>
+      <c r="M107" t="s">
+        <v>603</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>604</v>
+      </c>
+      <c r="P107" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>606</v>
+      </c>
+      <c r="B108" t="s">
+        <v>607</v>
+      </c>
+      <c r="C108" t="s">
+        <v>601</v>
+      </c>
+      <c r="D108" t="s">
+        <v>94</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>273</v>
+      </c>
+      <c r="G108" t="s">
+        <v>80</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>281</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>608</v>
+      </c>
+      <c r="M108" t="s">
+        <v>603</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>609</v>
+      </c>
+      <c r="P108" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>610</v>
+      </c>
+      <c r="B109" t="s">
+        <v>611</v>
+      </c>
+      <c r="C109" t="s">
+        <v>612</v>
+      </c>
+      <c r="D109" t="s">
+        <v>160</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2012</v>
+      </c>
+      <c r="I109">
+        <v>2013</v>
+      </c>
+      <c r="J109" t="s">
+        <v>165</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>613</v>
+      </c>
+      <c r="M109" t="s">
+        <v>614</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>615</v>
+      </c>
+      <c r="P109" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>617</v>
+      </c>
+      <c r="B110" t="s">
+        <v>617</v>
+      </c>
+      <c r="C110" t="s">
+        <v>618</v>
+      </c>
+      <c r="D110" t="s">
+        <v>94</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>80</v>
+      </c>
+      <c r="H110">
+        <v>1990</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>312</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>619</v>
+      </c>
+      <c r="M110" t="s">
+        <v>620</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>621</v>
+      </c>
+      <c r="P110" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>623</v>
+      </c>
+      <c r="B111" t="s">
+        <v>624</v>
+      </c>
+      <c r="C111" t="s">
+        <v>625</v>
+      </c>
+      <c r="D111" t="s">
+        <v>94</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>80</v>
+      </c>
+      <c r="H111">
+        <v>2022</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>626</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>627</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>628</v>
+      </c>
+      <c r="P111" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>630</v>
+      </c>
+      <c r="B112" t="s">
+        <v>631</v>
+      </c>
+      <c r="C112" t="s">
+        <v>625</v>
+      </c>
+      <c r="D112" t="s">
+        <v>53</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>80</v>
+      </c>
+      <c r="H112">
+        <v>2022</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>626</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>627</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>632</v>
+      </c>
+      <c r="P112" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>633</v>
+      </c>
+      <c r="B113" t="s">
+        <v>634</v>
+      </c>
+      <c r="C113" t="s">
+        <v>346</v>
+      </c>
+      <c r="D113" t="s">
+        <v>635</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>273</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2008</v>
+      </c>
+      <c r="I113">
+        <v>2020</v>
+      </c>
+      <c r="J113" t="s">
+        <v>44</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>636</v>
+      </c>
+      <c r="M113" t="s">
+        <v>637</v>
+      </c>
+      <c r="N113" t="s">
+        <v>36</v>
+      </c>
+      <c r="O113" t="s">
+        <v>638</v>
+      </c>
+      <c r="P113" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>640</v>
+      </c>
+      <c r="B114" t="s">
+        <v>641</v>
+      </c>
+      <c r="C114" t="s">
+        <v>642</v>
+      </c>
+      <c r="D114" t="s">
+        <v>94</v>
+      </c>
+      <c r="E114" t="s">
+        <v>264</v>
+      </c>
+      <c r="F114" t="s">
+        <v>273</v>
+      </c>
+      <c r="G114" t="s">
+        <v>265</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>643</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>644</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>645</v>
+      </c>
+      <c r="P114" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>647</v>
+      </c>
+      <c r="B115" t="s">
+        <v>641</v>
+      </c>
+      <c r="C115" t="s">
+        <v>648</v>
+      </c>
+      <c r="D115" t="s">
+        <v>94</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>273</v>
+      </c>
+      <c r="G115" t="s">
+        <v>265</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>643</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>649</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>650</v>
+      </c>
+      <c r="P115" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>647</v>
+      </c>
+      <c r="B116" t="s">
+        <v>641</v>
+      </c>
+      <c r="C116" t="s">
+        <v>652</v>
+      </c>
+      <c r="D116" t="s">
+        <v>94</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>265</v>
+      </c>
+      <c r="H116"/>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>653</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>654</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>655</v>
+      </c>
+      <c r="P116" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>657</v>
+      </c>
+      <c r="B117" t="s">
+        <v>658</v>
+      </c>
+      <c r="C117" t="s">
+        <v>618</v>
+      </c>
+      <c r="D117" t="s">
+        <v>53</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>80</v>
+      </c>
+      <c r="H117">
+        <v>2013</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>312</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>659</v>
+      </c>
+      <c r="M117" t="s">
+        <v>620</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>660</v>
+      </c>
+      <c r="P117" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>662</v>
+      </c>
+      <c r="B118" t="s">
+        <v>663</v>
+      </c>
+      <c r="C118" t="s">
+        <v>280</v>
+      </c>
+      <c r="D118" t="s">
+        <v>94</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2002</v>
+      </c>
+      <c r="I118">
+        <v>2006</v>
+      </c>
+      <c r="J118" t="s">
+        <v>281</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>333</v>
+      </c>
+      <c r="M118" t="s">
+        <v>282</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>664</v>
+      </c>
+      <c r="P118" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>666</v>
+      </c>
+      <c r="B119" t="s">
+        <v>667</v>
+      </c>
+      <c r="C119" t="s">
+        <v>280</v>
+      </c>
+      <c r="D119" t="s">
+        <v>94</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2002</v>
+      </c>
+      <c r="I119">
+        <v>2004</v>
+      </c>
+      <c r="J119" t="s">
+        <v>281</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>333</v>
+      </c>
+      <c r="M119" t="s">
+        <v>282</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>668</v>
+      </c>
+      <c r="P119" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>669</v>
+      </c>
+      <c r="B120" t="s">
+        <v>670</v>
+      </c>
+      <c r="C120" t="s">
+        <v>338</v>
+      </c>
+      <c r="D120" t="s">
+        <v>671</v>
+      </c>
+      <c r="E120" t="s">
+        <v>42</v>
+      </c>
+      <c r="F120" t="s">
+        <v>672</v>
+      </c>
+      <c r="G120" t="s">
+        <v>80</v>
+      </c>
+      <c r="H120">
+        <v>2015</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>673</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>674</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>675</v>
+      </c>
+      <c r="P120" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>677</v>
+      </c>
+      <c r="B121" t="s">
+        <v>678</v>
+      </c>
+      <c r="C121" t="s">
+        <v>338</v>
+      </c>
+      <c r="D121" t="s">
+        <v>62</v>
+      </c>
+      <c r="E121" t="s">
+        <v>264</v>
+      </c>
+      <c r="F121" t="s">
+        <v>672</v>
+      </c>
+      <c r="G121" t="s">
+        <v>80</v>
+      </c>
+      <c r="H121">
+        <v>2021</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>673</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>674</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>679</v>
+      </c>
+      <c r="P121" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>677</v>
+      </c>
+      <c r="B122" t="s">
+        <v>681</v>
+      </c>
+      <c r="C122" t="s">
+        <v>338</v>
+      </c>
+      <c r="D122" t="s">
+        <v>62</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>672</v>
+      </c>
+      <c r="G122" t="s">
+        <v>80</v>
+      </c>
+      <c r="H122">
+        <v>2021</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>673</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>674</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>682</v>
+      </c>
+      <c r="P122" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>683</v>
+      </c>
+      <c r="B123" t="s">
+        <v>684</v>
+      </c>
+      <c r="C123" t="s">
+        <v>338</v>
+      </c>
+      <c r="D123" t="s">
+        <v>685</v>
+      </c>
+      <c r="E123" t="s">
+        <v>42</v>
+      </c>
+      <c r="F123" t="s">
+        <v>672</v>
+      </c>
+      <c r="G123" t="s">
+        <v>80</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>673</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>674</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>686</v>
+      </c>
+      <c r="P123" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>688</v>
+      </c>
+      <c r="B124" t="s">
+        <v>689</v>
+      </c>
+      <c r="C124" t="s">
+        <v>338</v>
+      </c>
+      <c r="D124" t="s">
+        <v>671</v>
+      </c>
+      <c r="E124" t="s">
+        <v>264</v>
+      </c>
+      <c r="F124" t="s">
+        <v>672</v>
+      </c>
+      <c r="G124" t="s">
+        <v>80</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>673</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>674</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>690</v>
+      </c>
+      <c r="P124" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>692</v>
+      </c>
+      <c r="B125" t="s">
+        <v>693</v>
+      </c>
+      <c r="C125" t="s">
+        <v>338</v>
+      </c>
+      <c r="D125" t="s">
+        <v>671</v>
+      </c>
+      <c r="E125" t="s">
+        <v>42</v>
+      </c>
+      <c r="F125" t="s">
+        <v>672</v>
+      </c>
+      <c r="G125" t="s">
+        <v>80</v>
+      </c>
+      <c r="H125">
+        <v>2015</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>673</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>674</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>694</v>
+      </c>
+      <c r="P125" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>696</v>
+      </c>
+      <c r="B126" t="s">
+        <v>697</v>
+      </c>
+      <c r="C126" t="s">
+        <v>463</v>
+      </c>
+      <c r="D126" t="s">
+        <v>698</v>
+      </c>
+      <c r="E126" t="s">
+        <v>42</v>
+      </c>
+      <c r="F126" t="s">
+        <v>43</v>
+      </c>
+      <c r="G126" t="s">
+        <v>80</v>
+      </c>
+      <c r="H126">
+        <v>2012</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>312</v>
+      </c>
+      <c r="K126" t="s">
         <v>24</v>
       </c>
-      <c r="N69" t="s">
-[...7 lines deleted...]
-      <c r="B70" t="s">
+      <c r="L126" t="s">
+        <v>699</v>
+      </c>
+      <c r="M126" t="s">
+        <v>700</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>701</v>
+      </c>
+      <c r="P126" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>703</v>
+      </c>
+      <c r="B127" t="s">
+        <v>704</v>
+      </c>
+      <c r="C127" t="s">
+        <v>705</v>
+      </c>
+      <c r="D127" t="s">
+        <v>94</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>273</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2010</v>
+      </c>
+      <c r="I127">
+        <v>2016</v>
+      </c>
+      <c r="J127" t="s">
+        <v>339</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>706</v>
+      </c>
+      <c r="M127" t="s">
+        <v>707</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>708</v>
+      </c>
+      <c r="P127" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>710</v>
+      </c>
+      <c r="B128" t="s">
+        <v>711</v>
+      </c>
+      <c r="C128" t="s">
+        <v>712</v>
+      </c>
+      <c r="D128" t="s">
+        <v>713</v>
+      </c>
+      <c r="E128" t="s">
+        <v>42</v>
+      </c>
+      <c r="F128" t="s">
+        <v>54</v>
+      </c>
+      <c r="G128" t="s">
+        <v>80</v>
+      </c>
+      <c r="H128">
+        <v>2014</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>714</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>715</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>716</v>
+      </c>
+      <c r="P128" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>718</v>
+      </c>
+      <c r="B129" t="s">
+        <v>719</v>
+      </c>
+      <c r="C129" t="s">
+        <v>712</v>
+      </c>
+      <c r="D129" t="s">
+        <v>100</v>
+      </c>
+      <c r="E129" t="s">
+        <v>42</v>
+      </c>
+      <c r="F129" t="s">
+        <v>54</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2006</v>
+      </c>
+      <c r="I129">
+        <v>2015</v>
+      </c>
+      <c r="J129" t="s">
+        <v>714</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>720</v>
+      </c>
+      <c r="M129" t="s">
+        <v>715</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>721</v>
+      </c>
+      <c r="P129" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>723</v>
+      </c>
+      <c r="B130" t="s">
+        <v>723</v>
+      </c>
+      <c r="C130" t="s">
+        <v>712</v>
+      </c>
+      <c r="D130" t="s">
+        <v>724</v>
+      </c>
+      <c r="E130" t="s">
+        <v>42</v>
+      </c>
+      <c r="F130" t="s">
+        <v>54</v>
+      </c>
+      <c r="G130" t="s">
+        <v>80</v>
+      </c>
+      <c r="H130">
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>714</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>725</v>
+      </c>
+      <c r="M130" t="s">
+        <v>715</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>726</v>
+      </c>
+      <c r="P130" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>728</v>
+      </c>
+      <c r="B131" t="s">
+        <v>729</v>
+      </c>
+      <c r="C131" t="s">
+        <v>228</v>
+      </c>
+      <c r="D131" t="s">
+        <v>94</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>80</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>257</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>730</v>
+      </c>
+      <c r="M131" t="s">
+        <v>230</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>731</v>
+      </c>
+      <c r="P131" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>733</v>
+      </c>
+      <c r="B132" t="s">
+        <v>734</v>
+      </c>
+      <c r="C132" t="s">
+        <v>580</v>
+      </c>
+      <c r="D132" t="s">
+        <v>94</v>
+      </c>
+      <c r="E132" t="s">
+        <v>42</v>
+      </c>
+      <c r="F132" t="s">
+        <v>54</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>1993</v>
+      </c>
+      <c r="I132">
+        <v>2010</v>
+      </c>
+      <c r="J132" t="s">
+        <v>375</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>735</v>
+      </c>
+      <c r="M132" t="s">
+        <v>736</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>737</v>
+      </c>
+      <c r="P132" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>739</v>
+      </c>
+      <c r="B133" t="s">
+        <v>740</v>
+      </c>
+      <c r="C133" t="s">
+        <v>256</v>
+      </c>
+      <c r="D133" t="s">
+        <v>94</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>43</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2007</v>
+      </c>
+      <c r="I133">
+        <v>2011</v>
+      </c>
+      <c r="J133" t="s">
+        <v>257</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>258</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>741</v>
+      </c>
+      <c r="P133" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>742</v>
+      </c>
+      <c r="B134" t="s">
+        <v>743</v>
+      </c>
+      <c r="C134" t="s">
         <v>280</v>
       </c>
-      <c r="C70" t="s">
-[...2691 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E134" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>54</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
       </c>
       <c r="H134">
         <v>2012</v>
       </c>
-      <c r="I134" t="s">
-        <v>196</v>
+      <c r="I134">
+        <v>2012</v>
       </c>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
+        <v>282</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>744</v>
+      </c>
+      <c r="P134" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>745</v>
+      </c>
+      <c r="B135" t="s">
+        <v>746</v>
+      </c>
+      <c r="C135" t="s">
+        <v>747</v>
+      </c>
+      <c r="D135" t="s">
+        <v>748</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>273</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2017</v>
+      </c>
+      <c r="I135">
+        <v>2021</v>
+      </c>
+      <c r="J135" t="s">
+        <v>236</v>
+      </c>
+      <c r="K135" t="s">
+        <v>749</v>
+      </c>
+      <c r="L135" t="s">
+        <v>750</v>
+      </c>
+      <c r="M135" t="s">
+        <v>751</v>
+      </c>
+      <c r="N135" t="s">
+        <v>36</v>
+      </c>
+      <c r="O135" t="s">
+        <v>752</v>
+      </c>
+      <c r="P135" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>754</v>
+      </c>
+      <c r="B136" t="s">
+        <v>755</v>
+      </c>
+      <c r="C136" t="s">
+        <v>756</v>
+      </c>
+      <c r="D136" t="s">
+        <v>757</v>
+      </c>
+      <c r="E136" t="s">
+        <v>42</v>
+      </c>
+      <c r="F136" t="s">
+        <v>43</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2015</v>
+      </c>
+      <c r="I136">
+        <v>2018</v>
+      </c>
+      <c r="J136" t="s">
+        <v>431</v>
+      </c>
+      <c r="K136" t="s">
         <v>24</v>
       </c>
-      <c r="N134" t="s">
-[...22 lines deleted...]
-      <c r="G135">
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>758</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>759</v>
+      </c>
+      <c r="P136" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>761</v>
+      </c>
+      <c r="B137" t="s">
+        <v>762</v>
+      </c>
+      <c r="C137" t="s">
+        <v>763</v>
+      </c>
+      <c r="D137" t="s">
+        <v>160</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>43</v>
+      </c>
+      <c r="G137" t="s">
+        <v>80</v>
+      </c>
+      <c r="H137">
+        <v>2011</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>375</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>764</v>
+      </c>
+      <c r="M137" t="s">
+        <v>765</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>766</v>
+      </c>
+      <c r="P137" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>768</v>
+      </c>
+      <c r="B138" t="s">
+        <v>769</v>
+      </c>
+      <c r="C138" t="s">
+        <v>763</v>
+      </c>
+      <c r="D138" t="s">
+        <v>94</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>43</v>
+      </c>
+      <c r="G138" t="s">
+        <v>80</v>
+      </c>
+      <c r="H138">
+        <v>2015</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>375</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>770</v>
+      </c>
+      <c r="M138" t="s">
+        <v>765</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>771</v>
+      </c>
+      <c r="P138" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>773</v>
+      </c>
+      <c r="B139" t="s">
+        <v>774</v>
+      </c>
+      <c r="C139" t="s">
+        <v>775</v>
+      </c>
+      <c r="D139" t="s">
+        <v>776</v>
+      </c>
+      <c r="E139" t="s">
+        <v>42</v>
+      </c>
+      <c r="F139" t="s">
+        <v>43</v>
+      </c>
+      <c r="G139" t="s">
+        <v>80</v>
+      </c>
+      <c r="H139">
+        <v>2014</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>714</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>777</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>778</v>
+      </c>
+      <c r="P139" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>780</v>
+      </c>
+      <c r="B140" t="s">
+        <v>781</v>
+      </c>
+      <c r="C140" t="s">
+        <v>775</v>
+      </c>
+      <c r="D140" t="s">
+        <v>782</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>43</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2008</v>
+      </c>
+      <c r="I140">
+        <v>2013</v>
+      </c>
+      <c r="J140" t="s">
+        <v>653</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140" t="s">
+        <v>25</v>
+      </c>
+      <c r="M140" t="s">
+        <v>777</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>783</v>
+      </c>
+      <c r="P140" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>785</v>
+      </c>
+      <c r="B141" t="s">
+        <v>786</v>
+      </c>
+      <c r="C141" t="s">
+        <v>787</v>
+      </c>
+      <c r="D141" t="s">
+        <v>112</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>273</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2007</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
+      <c r="J141" t="s">
+        <v>653</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>788</v>
+      </c>
+      <c r="M141" t="s">
+        <v>789</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>790</v>
+      </c>
+      <c r="P141" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>792</v>
+      </c>
+      <c r="B142" t="s">
+        <v>793</v>
+      </c>
+      <c r="C142" t="s">
+        <v>353</v>
+      </c>
+      <c r="D142" t="s">
+        <v>94</v>
+      </c>
+      <c r="E142" t="s">
+        <v>42</v>
+      </c>
+      <c r="F142" t="s">
+        <v>273</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142">
+        <v>2019</v>
+      </c>
+      <c r="J142" t="s">
+        <v>63</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>794</v>
+      </c>
+      <c r="M142" t="s">
+        <v>356</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>795</v>
+      </c>
+      <c r="P142" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>797</v>
+      </c>
+      <c r="B143" t="s">
+        <v>798</v>
+      </c>
+      <c r="C143" t="s">
+        <v>353</v>
+      </c>
+      <c r="D143" t="s">
+        <v>53</v>
+      </c>
+      <c r="E143" t="s">
+        <v>42</v>
+      </c>
+      <c r="F143" t="s">
+        <v>54</v>
+      </c>
+      <c r="G143" t="s">
+        <v>80</v>
+      </c>
+      <c r="H143">
+        <v>2011</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>63</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>799</v>
+      </c>
+      <c r="M143" t="s">
+        <v>356</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>800</v>
+      </c>
+      <c r="P143" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>802</v>
+      </c>
+      <c r="B144" t="s">
+        <v>803</v>
+      </c>
+      <c r="C144" t="s">
+        <v>353</v>
+      </c>
+      <c r="D144" t="s">
+        <v>100</v>
+      </c>
+      <c r="E144" t="s">
+        <v>42</v>
+      </c>
+      <c r="F144" t="s">
+        <v>54</v>
+      </c>
+      <c r="G144" t="s">
+        <v>80</v>
+      </c>
+      <c r="H144">
+        <v>2014</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>63</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>804</v>
+      </c>
+      <c r="M144" t="s">
+        <v>356</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>805</v>
+      </c>
+      <c r="P144" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>807</v>
+      </c>
+      <c r="B145" t="s">
+        <v>808</v>
+      </c>
+      <c r="C145" t="s">
+        <v>705</v>
+      </c>
+      <c r="D145" t="s">
+        <v>94</v>
+      </c>
+      <c r="E145" t="s">
+        <v>42</v>
+      </c>
+      <c r="F145" t="s">
+        <v>54</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2000</v>
+      </c>
+      <c r="I145">
+        <v>2012</v>
+      </c>
+      <c r="J145" t="s">
+        <v>375</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>809</v>
+      </c>
+      <c r="M145" t="s">
+        <v>810</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>811</v>
+      </c>
+      <c r="P145" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>813</v>
+      </c>
+      <c r="B146" t="s">
+        <v>814</v>
+      </c>
+      <c r="C146" t="s">
+        <v>815</v>
+      </c>
+      <c r="D146" t="s">
+        <v>160</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2012</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>63</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>816</v>
+      </c>
+      <c r="M146" t="s">
+        <v>817</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>818</v>
+      </c>
+      <c r="P146" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>820</v>
+      </c>
+      <c r="B147" t="s">
+        <v>821</v>
+      </c>
+      <c r="C147" t="s">
+        <v>822</v>
+      </c>
+      <c r="D147" t="s">
+        <v>823</v>
+      </c>
+      <c r="E147" t="s">
+        <v>42</v>
+      </c>
+      <c r="F147" t="s">
+        <v>54</v>
+      </c>
+      <c r="G147" t="s">
+        <v>374</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>63</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>824</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>825</v>
+      </c>
+      <c r="P147" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>827</v>
+      </c>
+      <c r="B148" t="s">
+        <v>827</v>
+      </c>
+      <c r="C148" t="s">
+        <v>828</v>
+      </c>
+      <c r="D148" t="s">
+        <v>53</v>
+      </c>
+      <c r="E148" t="s">
+        <v>42</v>
+      </c>
+      <c r="F148" t="s">
+        <v>273</v>
+      </c>
+      <c r="G148" t="s">
+        <v>80</v>
+      </c>
+      <c r="H148">
+        <v>2018</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>236</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>829</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>830</v>
+      </c>
+      <c r="P148" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>832</v>
+      </c>
+      <c r="B149" t="s">
+        <v>833</v>
+      </c>
+      <c r="C149" t="s">
+        <v>705</v>
+      </c>
+      <c r="D149" t="s">
+        <v>160</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>273</v>
+      </c>
+      <c r="G149" t="s">
+        <v>80</v>
+      </c>
+      <c r="H149">
+        <v>2014</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>375</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>834</v>
+      </c>
+      <c r="M149" t="s">
+        <v>707</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>835</v>
+      </c>
+      <c r="P149" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>837</v>
+      </c>
+      <c r="B150" t="s">
+        <v>838</v>
+      </c>
+      <c r="C150" t="s">
+        <v>839</v>
+      </c>
+      <c r="D150" t="s">
+        <v>840</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>80</v>
+      </c>
+      <c r="H150">
+        <v>2016</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>63</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>841</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>842</v>
+      </c>
+      <c r="P150" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>844</v>
+      </c>
+      <c r="B151" t="s">
+        <v>845</v>
+      </c>
+      <c r="C151" t="s">
+        <v>839</v>
+      </c>
+      <c r="D151" t="s">
+        <v>846</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>43</v>
+      </c>
+      <c r="G151" t="s">
+        <v>80</v>
+      </c>
+      <c r="H151">
         <v>2017</v>
       </c>
-      <c r="H135">
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>63</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>841</v>
+      </c>
+      <c r="N151" t="s">
+        <v>36</v>
+      </c>
+      <c r="O151" t="s">
+        <v>847</v>
+      </c>
+      <c r="P151" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>849</v>
+      </c>
+      <c r="B152" t="s">
+        <v>850</v>
+      </c>
+      <c r="C152" t="s">
+        <v>219</v>
+      </c>
+      <c r="D152" t="s">
+        <v>53</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2017</v>
+      </c>
+      <c r="I152">
         <v>2021</v>
       </c>
-      <c r="I135" t="s">
+      <c r="J152" t="s">
+        <v>222</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>851</v>
+      </c>
+      <c r="M152" t="s">
+        <v>223</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>852</v>
+      </c>
+      <c r="P152" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>854</v>
+      </c>
+      <c r="B153" t="s">
+        <v>855</v>
+      </c>
+      <c r="C153" t="s">
+        <v>219</v>
+      </c>
+      <c r="D153" t="s">
+        <v>53</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2017</v>
+      </c>
+      <c r="I153">
+        <v>2021</v>
+      </c>
+      <c r="J153" t="s">
+        <v>222</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>851</v>
+      </c>
+      <c r="M153" t="s">
+        <v>223</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>856</v>
+      </c>
+      <c r="P153" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>858</v>
+      </c>
+      <c r="B154" t="s">
+        <v>859</v>
+      </c>
+      <c r="C154" t="s">
+        <v>219</v>
+      </c>
+      <c r="D154" t="s">
+        <v>94</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2010</v>
+      </c>
+      <c r="I154">
+        <v>2013</v>
+      </c>
+      <c r="J154" t="s">
+        <v>222</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>860</v>
+      </c>
+      <c r="M154" t="s">
+        <v>223</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>861</v>
+      </c>
+      <c r="P154" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>863</v>
+      </c>
+      <c r="B155" t="s">
+        <v>864</v>
+      </c>
+      <c r="C155" t="s">
+        <v>219</v>
+      </c>
+      <c r="D155" t="s">
+        <v>100</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155">
+        <v>2015</v>
+      </c>
+      <c r="J155" t="s">
+        <v>222</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>804</v>
+      </c>
+      <c r="M155" t="s">
+        <v>223</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>865</v>
+      </c>
+      <c r="P155" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>867</v>
+      </c>
+      <c r="B156" t="s">
+        <v>868</v>
+      </c>
+      <c r="C156" t="s">
+        <v>219</v>
+      </c>
+      <c r="D156" t="s">
+        <v>100</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>80</v>
+      </c>
+      <c r="H156">
+        <v>2012</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>222</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>804</v>
+      </c>
+      <c r="M156" t="s">
+        <v>223</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>869</v>
+      </c>
+      <c r="P156" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>871</v>
+      </c>
+      <c r="B157" t="s">
+        <v>872</v>
+      </c>
+      <c r="C157" t="s">
+        <v>873</v>
+      </c>
+      <c r="D157" t="s">
+        <v>874</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>43</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2009</v>
+      </c>
+      <c r="I157">
+        <v>2016</v>
+      </c>
+      <c r="J157" t="s">
+        <v>33</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>875</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>876</v>
+      </c>
+      <c r="P157" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>878</v>
+      </c>
+      <c r="B158" t="s">
+        <v>879</v>
+      </c>
+      <c r="C158" t="s">
+        <v>338</v>
+      </c>
+      <c r="D158" t="s">
+        <v>94</v>
+      </c>
+      <c r="E158" t="s">
+        <v>42</v>
+      </c>
+      <c r="F158" t="s">
+        <v>54</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2007</v>
+      </c>
+      <c r="I158">
+        <v>2012</v>
+      </c>
+      <c r="J158" t="s">
+        <v>880</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>881</v>
+      </c>
+      <c r="M158" t="s">
+        <v>882</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>883</v>
+      </c>
+      <c r="P158" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>885</v>
+      </c>
+      <c r="B159" t="s">
+        <v>886</v>
+      </c>
+      <c r="C159" t="s">
+        <v>338</v>
+      </c>
+      <c r="D159" t="s">
+        <v>53</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>54</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1997</v>
+      </c>
+      <c r="I159">
+        <v>2015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>33</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>887</v>
+      </c>
+      <c r="M159" t="s">
+        <v>882</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>888</v>
+      </c>
+      <c r="P159" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>890</v>
+      </c>
+      <c r="B160" t="s">
+        <v>891</v>
+      </c>
+      <c r="C160" t="s">
+        <v>338</v>
+      </c>
+      <c r="D160" t="s">
+        <v>100</v>
+      </c>
+      <c r="E160" t="s">
+        <v>42</v>
+      </c>
+      <c r="F160" t="s">
+        <v>54</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2003</v>
+      </c>
+      <c r="I160">
+        <v>2012</v>
+      </c>
+      <c r="J160" t="s">
+        <v>880</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>892</v>
+      </c>
+      <c r="M160" t="s">
+        <v>882</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>893</v>
+      </c>
+      <c r="P160" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>895</v>
+      </c>
+      <c r="B161" t="s">
+        <v>896</v>
+      </c>
+      <c r="C161" t="s">
+        <v>338</v>
+      </c>
+      <c r="D161" t="s">
+        <v>100</v>
+      </c>
+      <c r="E161" t="s">
+        <v>42</v>
+      </c>
+      <c r="F161" t="s">
+        <v>54</v>
+      </c>
+      <c r="G161" t="s">
+        <v>80</v>
+      </c>
+      <c r="H161">
+        <v>2018</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>880</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>897</v>
+      </c>
+      <c r="M161" t="s">
+        <v>882</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>898</v>
+      </c>
+      <c r="P161" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>900</v>
+      </c>
+      <c r="B162" t="s">
+        <v>901</v>
+      </c>
+      <c r="C162" t="s">
+        <v>338</v>
+      </c>
+      <c r="D162" t="s">
+        <v>100</v>
+      </c>
+      <c r="E162" t="s">
+        <v>42</v>
+      </c>
+      <c r="F162" t="s">
+        <v>54</v>
+      </c>
+      <c r="G162" t="s">
+        <v>80</v>
+      </c>
+      <c r="H162">
+        <v>2018</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>880</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>902</v>
+      </c>
+      <c r="M162" t="s">
+        <v>882</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>903</v>
+      </c>
+      <c r="P162" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>905</v>
+      </c>
+      <c r="B163" t="s">
+        <v>906</v>
+      </c>
+      <c r="C163" t="s">
+        <v>111</v>
+      </c>
+      <c r="D163" t="s">
+        <v>112</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>80</v>
+      </c>
+      <c r="H163">
+        <v>2021</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>113</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163"/>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>907</v>
+      </c>
+      <c r="P163" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>909</v>
+      </c>
+      <c r="B164" t="s">
+        <v>910</v>
+      </c>
+      <c r="C164" t="s">
+        <v>346</v>
+      </c>
+      <c r="D164" t="s">
+        <v>53</v>
+      </c>
+      <c r="E164" t="s">
+        <v>42</v>
+      </c>
+      <c r="F164" t="s">
+        <v>54</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2004</v>
+      </c>
+      <c r="I164">
+        <v>2020</v>
+      </c>
+      <c r="J164" t="s">
+        <v>44</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>517</v>
+      </c>
+      <c r="M164" t="s">
+        <v>911</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>912</v>
+      </c>
+      <c r="P164" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>914</v>
+      </c>
+      <c r="B165" t="s">
+        <v>915</v>
+      </c>
+      <c r="C165" t="s">
+        <v>346</v>
+      </c>
+      <c r="D165" t="s">
+        <v>100</v>
+      </c>
+      <c r="E165" t="s">
+        <v>42</v>
+      </c>
+      <c r="F165" t="s">
+        <v>54</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2006</v>
+      </c>
+      <c r="I165">
+        <v>2020</v>
+      </c>
+      <c r="J165" t="s">
+        <v>33</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>517</v>
+      </c>
+      <c r="M165" t="s">
+        <v>911</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>916</v>
+      </c>
+      <c r="P165" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>918</v>
+      </c>
+      <c r="B166" t="s">
+        <v>919</v>
+      </c>
+      <c r="C166" t="s">
+        <v>346</v>
+      </c>
+      <c r="D166" t="s">
+        <v>100</v>
+      </c>
+      <c r="E166" t="s">
+        <v>42</v>
+      </c>
+      <c r="F166" t="s">
+        <v>54</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2001</v>
+      </c>
+      <c r="I166">
+        <v>2020</v>
+      </c>
+      <c r="J166" t="s">
+        <v>33</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>517</v>
+      </c>
+      <c r="M166" t="s">
+        <v>911</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>920</v>
+      </c>
+      <c r="P166" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>922</v>
+      </c>
+      <c r="B167" t="s">
+        <v>923</v>
+      </c>
+      <c r="C167" t="s">
+        <v>346</v>
+      </c>
+      <c r="D167" t="s">
+        <v>100</v>
+      </c>
+      <c r="E167" t="s">
+        <v>42</v>
+      </c>
+      <c r="F167" t="s">
+        <v>54</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2000</v>
+      </c>
+      <c r="I167">
+        <v>2020</v>
+      </c>
+      <c r="J167" t="s">
+        <v>33</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>517</v>
+      </c>
+      <c r="M167" t="s">
+        <v>911</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>924</v>
+      </c>
+      <c r="P167" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>926</v>
+      </c>
+      <c r="B168" t="s">
+        <v>927</v>
+      </c>
+      <c r="C168" t="s">
+        <v>346</v>
+      </c>
+      <c r="D168" t="s">
+        <v>100</v>
+      </c>
+      <c r="E168" t="s">
+        <v>42</v>
+      </c>
+      <c r="F168" t="s">
+        <v>54</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2002</v>
+      </c>
+      <c r="I168">
+        <v>2020</v>
+      </c>
+      <c r="J168" t="s">
+        <v>33</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>517</v>
+      </c>
+      <c r="M168" t="s">
+        <v>911</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>928</v>
+      </c>
+      <c r="P168" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>930</v>
+      </c>
+      <c r="B169" t="s">
+        <v>931</v>
+      </c>
+      <c r="C169" t="s">
+        <v>338</v>
+      </c>
+      <c r="D169" t="s">
+        <v>62</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>1997</v>
+      </c>
+      <c r="I169">
+        <v>2022</v>
+      </c>
+      <c r="J169" t="s">
+        <v>339</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>932</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>933</v>
+      </c>
+      <c r="P169" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>935</v>
+      </c>
+      <c r="B170" t="s">
+        <v>641</v>
+      </c>
+      <c r="C170" t="s">
+        <v>936</v>
+      </c>
+      <c r="D170" t="s">
+        <v>94</v>
+      </c>
+      <c r="E170" t="s">
+        <v>264</v>
+      </c>
+      <c r="F170" t="s">
+        <v>273</v>
+      </c>
+      <c r="G170" t="s">
+        <v>265</v>
+      </c>
+      <c r="H170"/>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>63</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>937</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>938</v>
+      </c>
+      <c r="P170" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>940</v>
+      </c>
+      <c r="B171" t="s">
+        <v>941</v>
+      </c>
+      <c r="C171" t="s">
+        <v>942</v>
+      </c>
+      <c r="D171" t="s">
+        <v>172</v>
+      </c>
+      <c r="E171" t="s">
+        <v>42</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>80</v>
+      </c>
+      <c r="H171">
+        <v>2021</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>339</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>943</v>
+      </c>
+      <c r="M171" t="s">
+        <v>944</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>945</v>
+      </c>
+      <c r="P171"/>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>946</v>
+      </c>
+      <c r="B172" t="s">
+        <v>947</v>
+      </c>
+      <c r="C172" t="s">
+        <v>942</v>
+      </c>
+      <c r="D172" t="s">
+        <v>94</v>
+      </c>
+      <c r="E172" t="s">
+        <v>42</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172">
+        <v>2021</v>
+      </c>
+      <c r="J172" t="s">
+        <v>339</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>948</v>
+      </c>
+      <c r="M172" t="s">
+        <v>944</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>949</v>
+      </c>
+      <c r="P172" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>951</v>
+      </c>
+      <c r="B173" t="s">
+        <v>952</v>
+      </c>
+      <c r="C173" t="s">
+        <v>942</v>
+      </c>
+      <c r="D173" t="s">
+        <v>94</v>
+      </c>
+      <c r="E173" t="s">
+        <v>42</v>
+      </c>
+      <c r="F173" t="s">
+        <v>43</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2002</v>
+      </c>
+      <c r="I173">
+        <v>2021</v>
+      </c>
+      <c r="J173" t="s">
+        <v>339</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>953</v>
+      </c>
+      <c r="M173" t="s">
+        <v>944</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>954</v>
+      </c>
+      <c r="P173" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>956</v>
+      </c>
+      <c r="B174" t="s">
+        <v>957</v>
+      </c>
+      <c r="C174" t="s">
+        <v>958</v>
+      </c>
+      <c r="D174" t="s">
+        <v>713</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>273</v>
+      </c>
+      <c r="G174" t="s">
+        <v>80</v>
+      </c>
+      <c r="H174">
+        <v>2013</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>257</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>959</v>
+      </c>
+      <c r="M174" t="s">
+        <v>960</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>961</v>
+      </c>
+      <c r="P174" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>963</v>
+      </c>
+      <c r="B175" t="s">
+        <v>964</v>
+      </c>
+      <c r="C175" t="s">
+        <v>965</v>
+      </c>
+      <c r="D175" t="s">
+        <v>966</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>273</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2012</v>
+      </c>
+      <c r="I175">
+        <v>2014</v>
+      </c>
+      <c r="J175" t="s">
+        <v>375</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>967</v>
+      </c>
+      <c r="M175" t="s">
+        <v>968</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>969</v>
+      </c>
+      <c r="P175" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>971</v>
+      </c>
+      <c r="B176" t="s">
+        <v>972</v>
+      </c>
+      <c r="C176" t="s">
+        <v>126</v>
+      </c>
+      <c r="D176" t="s">
+        <v>100</v>
+      </c>
+      <c r="E176" t="s">
+        <v>42</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>80</v>
+      </c>
+      <c r="H176">
+        <v>2013</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>106</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176"/>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>973</v>
+      </c>
+      <c r="P176" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>975</v>
+      </c>
+      <c r="B177" t="s">
+        <v>976</v>
+      </c>
+      <c r="C177" t="s">
+        <v>263</v>
+      </c>
+      <c r="D177" t="s">
+        <v>977</v>
+      </c>
+      <c r="E177" t="s">
+        <v>42</v>
+      </c>
+      <c r="F177" t="s">
+        <v>43</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2014</v>
+      </c>
+      <c r="I177">
+        <v>2017</v>
+      </c>
+      <c r="J177" t="s">
         <v>165</v>
       </c>
-      <c r="J135" t="s">
-[...11 lines deleted...]
-      <c r="N135" t="s">
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>267</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>978</v>
+      </c>
+      <c r="P177" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>980</v>
+      </c>
+      <c r="B178" t="s">
+        <v>981</v>
+      </c>
+      <c r="C178" t="s">
         <v>505</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G136">
+      <c r="D178" t="s">
+        <v>982</v>
+      </c>
+      <c r="E178" t="s">
+        <v>42</v>
+      </c>
+      <c r="F178" t="s">
+        <v>43</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
         <v>2015</v>
       </c>
-      <c r="H136">
-[...38 lines deleted...]
-      <c r="G137">
+      <c r="I178">
+        <v>2016</v>
+      </c>
+      <c r="J178" t="s">
+        <v>236</v>
+      </c>
+      <c r="K178" t="s">
+        <v>983</v>
+      </c>
+      <c r="L178" t="s">
+        <v>984</v>
+      </c>
+      <c r="M178" t="s">
+        <v>985</v>
+      </c>
+      <c r="N178" t="s">
+        <v>986</v>
+      </c>
+      <c r="O178" t="s">
+        <v>987</v>
+      </c>
+      <c r="P178" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>989</v>
+      </c>
+      <c r="B179" t="s">
+        <v>990</v>
+      </c>
+      <c r="C179" t="s">
+        <v>353</v>
+      </c>
+      <c r="D179" t="s">
+        <v>991</v>
+      </c>
+      <c r="E179" t="s">
+        <v>42</v>
+      </c>
+      <c r="F179" t="s">
+        <v>54</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
         <v>2011</v>
       </c>
-      <c r="H137"/>
-[...466 lines deleted...]
-      <c r="I148" t="s">
+      <c r="I179">
+        <v>2017</v>
+      </c>
+      <c r="J179" t="s">
         <v>165</v>
       </c>
-      <c r="J148" t="s">
-[...1323 lines deleted...]
-      </c>
+      <c r="K179" t="s">
+        <v>983</v>
+      </c>
+      <c r="L179"/>
       <c r="M179" t="s">
-        <v>656</v>
+        <v>992</v>
       </c>
       <c r="N179" t="s">
-        <v>661</v>
+        <v>986</v>
+      </c>
+      <c r="O179" t="s">
+        <v>993</v>
+      </c>
+      <c r="P179" t="s">
+        <v>994</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>