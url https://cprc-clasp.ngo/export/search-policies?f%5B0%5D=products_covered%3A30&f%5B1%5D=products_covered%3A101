--- v1 (2025-11-29)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="995">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="998">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -201,50 +201,53 @@
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
@@ -800,71 +803,50 @@
     <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
     <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
 • offer printing as their primary function,
 • are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
 • are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
 • work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...19 lines deleted...]
-  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-677/</t>
@@ -1183,50 +1165,53 @@
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>clothes washer</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
@@ -1564,51 +1549,51 @@
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -1770,51 +1755,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
   </si>
   <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
     <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
     <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
@@ -1848,51 +1833,51 @@
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -2301,53 +2286,62 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>Drum washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
@@ -2359,50 +2353,65 @@
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
     <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
@@ -3438,51 +3447,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3718,8402 +3727,8402 @@
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2006</v>
       </c>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>1979</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2003</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>56</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>52</v>
       </c>
       <c r="D14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1995</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H15">
         <v>2023</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H20">
         <v>2023</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
         <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2023</v>
       </c>
       <c r="J22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>55</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2003</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2011</v>
       </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D27" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2003</v>
       </c>
       <c r="I27">
         <v>2011</v>
       </c>
       <c r="J27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
         <v>54</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2003</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>54</v>
       </c>
       <c r="G29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N29" t="s">
         <v>36</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>54</v>
       </c>
       <c r="G30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>54</v>
       </c>
       <c r="G31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
         <v>54</v>
       </c>
       <c r="G32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>54</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2003</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34">
         <v>2023</v>
       </c>
       <c r="J34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H35">
         <v>2020</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D36" t="s">
         <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>54</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C37" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D38" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
         <v>54</v>
       </c>
       <c r="G38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H38">
         <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D39" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>54</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>257</v>
+        <v>44</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>260</v>
+      </c>
       <c r="M40" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B41" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C41" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E41" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>267</v>
       </c>
       <c r="G41" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="M41" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="P41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B42" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C42" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D42" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
-        <v>264</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="G42" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>81</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>63</v>
+        <v>275</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B43" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C43" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D43" t="s">
-        <v>53</v>
+        <v>243</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
         <v>54</v>
       </c>
       <c r="G43" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H43">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="P43" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B44" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C44" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D44" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>54</v>
       </c>
       <c r="G44" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H44">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C45" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D45" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>54</v>
       </c>
       <c r="G45" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H45">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="P45" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B46" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C46" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D46" t="s">
-        <v>100</v>
+        <v>179</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>54</v>
       </c>
       <c r="G46" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="P46" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B47" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C47" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>54</v>
       </c>
       <c r="G47" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="P47" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B48" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C48" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D48" t="s">
-        <v>178</v>
+        <v>101</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
         <v>54</v>
       </c>
       <c r="G48" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H48">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="P48" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C49" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>54</v>
       </c>
       <c r="G49" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="P49" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B50" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C50" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D50" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>54</v>
       </c>
       <c r="G50" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H50">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="P50" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B51" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C51" t="s">
-        <v>280</v>
+        <v>305</v>
       </c>
       <c r="D51" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>54</v>
       </c>
       <c r="G51" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51">
         <v>2010</v>
       </c>
-      <c r="I51"/>
       <c r="J51" t="s">
-        <v>281</v>
+        <v>306</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
-      <c r="L51"/>
+      <c r="L51" t="s">
+        <v>307</v>
+      </c>
       <c r="M51" t="s">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P51" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B52" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C52" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D52" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>54</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I52">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J52" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
         <v>313</v>
       </c>
       <c r="M52" t="s">
+        <v>308</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>314</v>
       </c>
-      <c r="N52" t="s">
-[...2 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>316</v>
+      </c>
+      <c r="B53" t="s">
         <v>317</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D53" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>54</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2000</v>
       </c>
       <c r="I53">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
+        <v>318</v>
+      </c>
+      <c r="M53" t="s">
+        <v>308</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
         <v>319</v>
       </c>
-      <c r="M53" t="s">
-[...5 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>321</v>
+      </c>
+      <c r="B54" t="s">
         <v>322</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>54</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2000</v>
       </c>
       <c r="I54">
         <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
+        <v>318</v>
+      </c>
+      <c r="M54" t="s">
+        <v>308</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>323</v>
+      </c>
+      <c r="P54" t="s">
         <v>324</v>
-      </c>
-[...10 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B55" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C55" t="s">
-        <v>311</v>
+        <v>274</v>
       </c>
       <c r="D55" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="E55" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2000</v>
       </c>
       <c r="I55">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J55" t="s">
-        <v>312</v>
+        <v>275</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="M55" t="s">
-        <v>314</v>
+        <v>276</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
+        <v>328</v>
+      </c>
+      <c r="P55" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>330</v>
+      </c>
+      <c r="B56" t="s">
         <v>331</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>332</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="I56">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J56" t="s">
-        <v>281</v>
+        <v>333</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M56" t="s">
-        <v>282</v>
+        <v>335</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="P56" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B57" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C57" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D57" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I57">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J57" t="s">
-        <v>339</v>
+        <v>64</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P57" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B58" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D58" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E58" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>54</v>
+        <v>267</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H58">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>63</v>
+        <v>348</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="M58" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P58" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B59" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C59" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D59" t="s">
-        <v>94</v>
+        <v>356</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G59" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
       <c r="J59" t="s">
-        <v>354</v>
+        <v>64</v>
       </c>
       <c r="K59" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P59" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C60" t="s">
-        <v>361</v>
+        <v>305</v>
       </c>
       <c r="D60" t="s">
-        <v>362</v>
+        <v>101</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I60">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J60" t="s">
-        <v>63</v>
+        <v>306</v>
       </c>
       <c r="K60" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L60"/>
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>313</v>
+      </c>
       <c r="M60" t="s">
+        <v>308</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>362</v>
+      </c>
+      <c r="P60" t="s">
         <v>363</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>364</v>
+      </c>
+      <c r="B61" t="s">
+        <v>365</v>
+      </c>
+      <c r="C61" t="s">
         <v>366</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>367</v>
       </c>
-      <c r="C61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>368</v>
       </c>
       <c r="H61">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="I61">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J61" t="s">
-        <v>312</v>
+        <v>369</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>314</v>
+        <v>370</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="P61" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B62" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C62" t="s">
-        <v>372</v>
+        <v>112</v>
       </c>
       <c r="D62" t="s">
-        <v>373</v>
+        <v>95</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G62" t="s">
-        <v>374</v>
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I62">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J62" t="s">
         <v>375</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
-      <c r="L62"/>
+      <c r="L62" t="s">
+        <v>25</v>
+      </c>
       <c r="M62" t="s">
         <v>376</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>377</v>
       </c>
       <c r="P62" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>379</v>
       </c>
       <c r="B63" t="s">
         <v>380</v>
       </c>
       <c r="C63" t="s">
-        <v>111</v>
+        <v>381</v>
       </c>
       <c r="D63" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>54</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I63">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J63" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>25</v>
+        <v>382</v>
       </c>
       <c r="M63" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N63" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="O63" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P63" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B64" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C64" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D64" t="s">
-        <v>94</v>
+        <v>173</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>54</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="I64">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J64" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="M64" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N64" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B65" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D65" t="s">
-        <v>172</v>
+        <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
         <v>54</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2013</v>
+        <v>1994</v>
       </c>
       <c r="I65">
         <v>2020</v>
       </c>
       <c r="J65" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M65" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="P65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B66" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C66" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D66" t="s">
-        <v>53</v>
+        <v>173</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>54</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>1994</v>
+        <v>2009</v>
       </c>
       <c r="I66">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M66" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P66" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C67" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="D67" t="s">
-        <v>172</v>
+        <v>101</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>54</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="I67">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J67" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
         <v>406</v>
       </c>
       <c r="M67" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>407</v>
       </c>
       <c r="P67" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>409</v>
       </c>
       <c r="B68" t="s">
         <v>410</v>
       </c>
       <c r="C68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D68" t="s">
-        <v>100</v>
+        <v>179</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>54</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="I68">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J68" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>411</v>
       </c>
       <c r="M68" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>412</v>
       </c>
       <c r="P68" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>414</v>
       </c>
       <c r="B69" t="s">
         <v>415</v>
       </c>
       <c r="C69" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>54</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H69">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
         <v>416</v>
       </c>
       <c r="M69" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>417</v>
       </c>
       <c r="P69" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>419</v>
       </c>
       <c r="B70" t="s">
         <v>420</v>
       </c>
       <c r="C70" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D70" t="s">
-        <v>178</v>
+        <v>243</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>54</v>
       </c>
       <c r="G70" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I70"/>
+        <v>2004</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
       <c r="J70" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
         <v>421</v>
       </c>
       <c r="M70" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>422</v>
       </c>
       <c r="P70" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>424</v>
       </c>
       <c r="B71" t="s">
         <v>425</v>
       </c>
       <c r="C71" t="s">
-        <v>405</v>
+        <v>71</v>
       </c>
       <c r="D71" t="s">
-        <v>242</v>
+        <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>42</v>
       </c>
       <c r="F71" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2004</v>
       </c>
       <c r="I71">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="J71" t="s">
-        <v>165</v>
+        <v>426</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
-      <c r="L71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>388</v>
+        <v>427</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P71" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B72" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C72" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D72" t="s">
-        <v>53</v>
+        <v>432</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I72">
         <v>2011</v>
       </c>
       <c r="J72" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>433</v>
       </c>
       <c r="P72" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>434</v>
+      </c>
+      <c r="B73" t="s">
         <v>435</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D73" t="s">
-        <v>437</v>
+        <v>179</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>43</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I73">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J73" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="P73" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B74" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C74" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="D74" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="E74" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I74">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J74" t="s">
-        <v>431</v>
+        <v>166</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
-      <c r="L74"/>
+      <c r="L74" t="s">
+        <v>96</v>
+      </c>
       <c r="M74" t="s">
-        <v>432</v>
+        <v>90</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="P74" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B75" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C75" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D75" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I75">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J75" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="M75" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="P75" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B76" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="C76" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D76" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I76">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J76" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>101</v>
+        <v>446</v>
       </c>
       <c r="M76" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>447</v>
       </c>
       <c r="P76" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>449</v>
       </c>
       <c r="B77" t="s">
         <v>450</v>
       </c>
       <c r="C77" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D77" t="s">
-        <v>53</v>
+        <v>451</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H77">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M77" t="s">
-        <v>89</v>
+        <v>453</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="P77" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B78" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C78" t="s">
-        <v>86</v>
+        <v>458</v>
       </c>
       <c r="D78" t="s">
-        <v>456</v>
+        <v>53</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H78">
-        <v>2021</v>
+        <v>1989</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
-      <c r="L78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P78" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B79" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C79" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D79" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H79">
         <v>1989</v>
       </c>
-      <c r="I79"/>
+      <c r="I79">
+        <v>2015</v>
+      </c>
       <c r="J79" t="s">
-        <v>165</v>
+        <v>464</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>465</v>
       </c>
       <c r="P79" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>467</v>
       </c>
       <c r="B80" t="s">
         <v>468</v>
       </c>
       <c r="C80" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D80" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H80">
         <v>1989</v>
       </c>
-      <c r="I80">
-[...1 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>469</v>
+        <v>306</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
+        <v>469</v>
+      </c>
+      <c r="P80" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>471</v>
+      </c>
+      <c r="B81" t="s">
         <v>472</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D81" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H81">
         <v>1989</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
+        <v>473</v>
+      </c>
+      <c r="P81" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>475</v>
+      </c>
+      <c r="B82" t="s">
         <v>476</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D82" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H82">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>312</v>
+        <v>166</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
+        <v>477</v>
+      </c>
+      <c r="P82" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>479</v>
+      </c>
+      <c r="B83" t="s">
         <v>480</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D83" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H83">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>165</v>
+        <v>306</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>481</v>
+      </c>
       <c r="M83" t="s">
-        <v>464</v>
+        <v>482</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P83" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B84" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C84" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D84" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G84" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H84">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I84"/>
+        <v>2011</v>
+      </c>
+      <c r="I84">
+        <v>2014</v>
+      </c>
       <c r="J84" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="M84" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>488</v>
       </c>
       <c r="P84" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>490</v>
       </c>
       <c r="B85" t="s">
         <v>491</v>
       </c>
       <c r="C85" t="s">
-        <v>463</v>
+        <v>492</v>
       </c>
       <c r="D85" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E85" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>43</v>
+        <v>267</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I85">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J85" t="s">
-        <v>312</v>
+        <v>493</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="M85" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="P85" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B86" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C86" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D86" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I86">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J86" t="s">
-        <v>498</v>
+        <v>333</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="M86" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="P86" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B87" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C87" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D87" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>273</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="I87">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J87" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="M87" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>508</v>
       </c>
       <c r="P87" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>510</v>
       </c>
       <c r="B88" t="s">
         <v>511</v>
       </c>
       <c r="C88" t="s">
-        <v>505</v>
+        <v>305</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="I88">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J88" t="s">
-        <v>339</v>
+        <v>306</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
         <v>512</v>
       </c>
       <c r="M88" t="s">
-        <v>507</v>
+        <v>308</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>513</v>
       </c>
       <c r="P88" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>515</v>
       </c>
       <c r="B89" t="s">
         <v>516</v>
       </c>
       <c r="C89" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D89" t="s">
         <v>53</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>54</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2000</v>
       </c>
       <c r="I89">
         <v>2013</v>
       </c>
       <c r="J89" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
-      <c r="L89" t="s">
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>308</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
         <v>517</v>
       </c>
-      <c r="M89" t="s">
-[...5 lines deleted...]
-      <c r="O89" t="s">
+      <c r="P89" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
+        <v>519</v>
+      </c>
+      <c r="B90" t="s">
         <v>520</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D90" t="s">
         <v>53</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>54</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2000</v>
       </c>
       <c r="I90">
         <v>2013</v>
       </c>
       <c r="J90" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
-      <c r="L90"/>
+      <c r="L90" t="s">
+        <v>512</v>
+      </c>
       <c r="M90" t="s">
-        <v>314</v>
+        <v>521</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>522</v>
       </c>
       <c r="P90" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>524</v>
       </c>
       <c r="B91" t="s">
         <v>525</v>
       </c>
       <c r="C91" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D91" t="s">
-        <v>53</v>
+        <v>432</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>54</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H91">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
-      <c r="L91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
+        <v>521</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
         <v>526</v>
       </c>
-      <c r="N91" t="s">
-[...2 lines deleted...]
-      <c r="O91" t="s">
+      <c r="P91" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
+        <v>528</v>
+      </c>
+      <c r="B92" t="s">
         <v>529</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D92" t="s">
-        <v>437</v>
+        <v>101</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>54</v>
       </c>
       <c r="G92" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I92"/>
+        <v>2000</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
       <c r="J92" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
-      <c r="L92"/>
+      <c r="L92" t="s">
+        <v>512</v>
+      </c>
       <c r="M92" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
+        <v>530</v>
+      </c>
+      <c r="P92" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
+        <v>532</v>
+      </c>
+      <c r="B93" t="s">
         <v>533</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D93" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>54</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I93">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J93" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="M93" t="s">
-        <v>526</v>
+        <v>308</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
         <v>535</v>
       </c>
       <c r="P93" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>537</v>
       </c>
       <c r="B94" t="s">
         <v>538</v>
       </c>
       <c r="C94" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D94" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>54</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I94">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J94" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
         <v>539</v>
       </c>
       <c r="M94" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>540</v>
       </c>
-      <c r="P94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P94"/>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
+        <v>541</v>
+      </c>
+      <c r="B95" t="s">
         <v>542</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D95" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>54</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2000</v>
       </c>
       <c r="I95">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J95" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
-      <c r="L95" t="s">
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>308</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>543</v>
+      </c>
+      <c r="P95" t="s">
         <v>544</v>
       </c>
-      <c r="M95" t="s">
-[...8 lines deleted...]
-      <c r="P95"/>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
+        <v>545</v>
+      </c>
+      <c r="B96" t="s">
         <v>546</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
         <v>42</v>
       </c>
       <c r="F96" t="s">
         <v>54</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2000</v>
       </c>
       <c r="I96">
         <v>2015</v>
       </c>
       <c r="J96" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>314</v>
+        <v>521</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
+        <v>547</v>
+      </c>
+      <c r="P96" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
+        <v>549</v>
+      </c>
+      <c r="B97" t="s">
         <v>550</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D97" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>54</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2000</v>
       </c>
       <c r="I97">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J97" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
-      <c r="L97"/>
+      <c r="L97" t="s">
+        <v>383</v>
+      </c>
       <c r="M97" t="s">
-        <v>526</v>
+        <v>308</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
+        <v>551</v>
+      </c>
+      <c r="P97" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
+        <v>553</v>
+      </c>
+      <c r="B98" t="s">
         <v>554</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D98" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>54</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2000</v>
       </c>
       <c r="I98">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J98" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
-      <c r="L98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
-        <v>314</v>
+        <v>521</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
+        <v>555</v>
+      </c>
+      <c r="P98" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
+        <v>557</v>
+      </c>
+      <c r="B99" t="s">
         <v>558</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
+        <v>492</v>
+      </c>
+      <c r="D99" t="s">
+        <v>95</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>267</v>
+      </c>
+      <c r="G99" t="s">
         <v>559</v>
       </c>
-      <c r="C99" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H99">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
-        <v>312</v>
+        <v>237</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
-      <c r="L99"/>
+      <c r="L99" t="s">
+        <v>560</v>
+      </c>
       <c r="M99" t="s">
-        <v>526</v>
+        <v>495</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P99" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B100" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C100" t="s">
-        <v>564</v>
+        <v>274</v>
       </c>
       <c r="D100" t="s">
-        <v>94</v>
+        <v>195</v>
       </c>
       <c r="E100" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F100" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="G100" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I100"/>
+        <v>1996</v>
+      </c>
+      <c r="I100">
+        <v>2010</v>
+      </c>
       <c r="J100" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
-      <c r="L100" t="s">
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>276</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
         <v>565</v>
       </c>
-      <c r="M100" t="s">
-[...5 lines deleted...]
-      <c r="O100" t="s">
+      <c r="P100" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
+        <v>567</v>
+      </c>
+      <c r="B101" t="s">
         <v>568</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
+        <v>229</v>
+      </c>
+      <c r="D101" t="s">
+        <v>95</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>267</v>
+      </c>
+      <c r="G101" t="s">
+        <v>81</v>
+      </c>
+      <c r="H101">
+        <v>2023</v>
+      </c>
+      <c r="I101">
+        <v>2024</v>
+      </c>
+      <c r="J101" t="s">
         <v>569</v>
       </c>
-      <c r="C101" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
-      <c r="L101"/>
+      <c r="L101" t="s">
+        <v>570</v>
+      </c>
       <c r="M101" t="s">
-        <v>282</v>
+        <v>231</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P101" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B102" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C102" t="s">
-        <v>228</v>
+        <v>575</v>
       </c>
       <c r="D102" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="G102" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H102">
-        <v>2023</v>
+        <v>1984</v>
       </c>
       <c r="I102">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J102" t="s">
-        <v>574</v>
+        <v>369</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M102" t="s">
-        <v>230</v>
+        <v>577</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="P102" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B103" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C103" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D103" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H103">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>375</v>
+        <v>426</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
-      <c r="L103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="P103" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B104" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C104" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="D104" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H104">
         <v>2016</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
+        <v>583</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
         <v>588</v>
       </c>
-      <c r="N104" t="s">
-[...2 lines deleted...]
-      <c r="O104" t="s">
+      <c r="P104" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
+        <v>590</v>
+      </c>
+      <c r="B105" t="s">
         <v>591</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="D105" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G105" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H105">
         <v>2016</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
+        <v>592</v>
+      </c>
+      <c r="P105" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
+        <v>594</v>
+      </c>
+      <c r="B106" t="s">
         <v>595</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
         <v>596</v>
       </c>
-      <c r="C106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>43</v>
+        <v>267</v>
       </c>
       <c r="G106" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I106"/>
+        <v>2012</v>
+      </c>
+      <c r="I106">
+        <v>2010</v>
+      </c>
       <c r="J106" t="s">
-        <v>431</v>
+        <v>275</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
-      <c r="L106"/>
+      <c r="L106" t="s">
+        <v>597</v>
+      </c>
       <c r="M106" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="P106" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B107" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C107" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="D107" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H107">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M107" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>604</v>
       </c>
       <c r="P107" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
+        <v>605</v>
+      </c>
+      <c r="B108" t="s">
         <v>606</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>607</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>273</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I108"/>
+        <v>2012</v>
+      </c>
+      <c r="I108">
+        <v>2013</v>
+      </c>
       <c r="J108" t="s">
-        <v>281</v>
+        <v>166</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
         <v>608</v>
       </c>
       <c r="M108" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P108" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C109" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D109" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H109">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="I109"/>
       <c r="J109" t="s">
-        <v>165</v>
+        <v>306</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="M109" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P109" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B110" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C110" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D110" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H110">
-        <v>1990</v>
+        <v>2022</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>312</v>
+        <v>621</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
-      <c r="L110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="P110" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B111" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C111" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="D111" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H111">
         <v>2022</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
+        <v>622</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
         <v>627</v>
       </c>
-      <c r="N111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P111" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
+        <v>628</v>
+      </c>
+      <c r="B112" t="s">
+        <v>629</v>
+      </c>
+      <c r="C112" t="s">
+        <v>340</v>
+      </c>
+      <c r="D112" t="s">
         <v>630</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>267</v>
       </c>
       <c r="G112" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H112">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I112"/>
+        <v>2008</v>
+      </c>
+      <c r="I112">
+        <v>2020</v>
+      </c>
       <c r="J112" t="s">
-        <v>626</v>
+        <v>44</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
-      <c r="L112"/>
+      <c r="L112" t="s">
+        <v>631</v>
+      </c>
       <c r="M112" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="N112" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O112" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P112" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B113" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C113" t="s">
-        <v>346</v>
+        <v>637</v>
       </c>
       <c r="D113" t="s">
-        <v>635</v>
+        <v>95</v>
       </c>
       <c r="E113" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="F113" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G113" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="H113"/>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>44</v>
+        <v>638</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
-      <c r="L113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="N113" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="P113" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B114" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="C114" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D114" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E114" t="s">
-        <v>264</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G114" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H114"/>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>644</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>645</v>
       </c>
       <c r="P114" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
+        <v>642</v>
+      </c>
+      <c r="B115" t="s">
+        <v>636</v>
+      </c>
+      <c r="C115" t="s">
         <v>647</v>
       </c>
-      <c r="B115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>273</v>
+        <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>649</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
         <v>650</v>
       </c>
       <c r="P115" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B116" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
       <c r="C116" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="D116" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="H116"/>
+        <v>81</v>
+      </c>
+      <c r="H116">
+        <v>2013</v>
+      </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>653</v>
+        <v>306</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
-      <c r="L116"/>
+      <c r="L116" t="s">
+        <v>654</v>
+      </c>
       <c r="M116" t="s">
-        <v>654</v>
+        <v>615</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
         <v>655</v>
       </c>
       <c r="P116" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
         <v>657</v>
       </c>
       <c r="B117" t="s">
         <v>658</v>
       </c>
       <c r="C117" t="s">
-        <v>618</v>
+        <v>274</v>
       </c>
       <c r="D117" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H117">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I117"/>
+        <v>2002</v>
+      </c>
+      <c r="I117">
+        <v>2006</v>
+      </c>
       <c r="J117" t="s">
-        <v>312</v>
+        <v>275</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
+        <v>327</v>
+      </c>
+      <c r="M117" t="s">
+        <v>276</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
         <v>659</v>
       </c>
-      <c r="M117" t="s">
-[...5 lines deleted...]
-      <c r="O117" t="s">
+      <c r="P117" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
+        <v>661</v>
+      </c>
+      <c r="B118" t="s">
         <v>662</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D118" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2002</v>
       </c>
       <c r="I118">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="J118" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="M118" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="P118" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
+        <v>664</v>
+      </c>
+      <c r="B119" t="s">
+        <v>665</v>
+      </c>
+      <c r="C119" t="s">
+        <v>332</v>
+      </c>
+      <c r="D119" t="s">
         <v>666</v>
       </c>
-      <c r="B119" t="s">
+      <c r="E119" t="s">
+        <v>42</v>
+      </c>
+      <c r="F119" t="s">
         <v>667</v>
       </c>
-      <c r="C119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H119">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>281</v>
+        <v>668</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
-      <c r="L119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
-        <v>282</v>
+        <v>669</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="P119" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B120" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C120" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D120" t="s">
-        <v>671</v>
+        <v>62</v>
       </c>
       <c r="E120" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="F120" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G120" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H120">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
+        <v>669</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
         <v>674</v>
       </c>
-      <c r="N120" t="s">
-[...2 lines deleted...]
-      <c r="O120" t="s">
+      <c r="P120" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="B121" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C121" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D121" t="s">
         <v>62</v>
       </c>
       <c r="E121" t="s">
-        <v>264</v>
+        <v>42</v>
       </c>
       <c r="F121" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G121" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H121">
         <v>2021</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="P121" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B122" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="C122" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D122" t="s">
-        <v>62</v>
+        <v>680</v>
       </c>
       <c r="E122" t="s">
         <v>42</v>
       </c>
       <c r="F122" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G122" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H122">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
+        <v>681</v>
+      </c>
+      <c r="P122" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>683</v>
       </c>
       <c r="B123" t="s">
         <v>684</v>
       </c>
       <c r="C123" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D123" t="s">
-        <v>685</v>
+        <v>666</v>
       </c>
       <c r="E123" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="F123" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G123" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H123">
         <v>2015</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
+        <v>685</v>
+      </c>
+      <c r="P123" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
+        <v>687</v>
+      </c>
+      <c r="B124" t="s">
         <v>688</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D124" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="E124" t="s">
-        <v>264</v>
+        <v>42</v>
       </c>
       <c r="F124" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G124" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H124">
         <v>2015</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
+        <v>689</v>
+      </c>
+      <c r="P124" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
+        <v>691</v>
+      </c>
+      <c r="B125" t="s">
         <v>692</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
+        <v>458</v>
+      </c>
+      <c r="D125" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>671</v>
       </c>
       <c r="E125" t="s">
         <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>672</v>
+        <v>43</v>
       </c>
       <c r="G125" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H125">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>673</v>
+        <v>306</v>
       </c>
       <c r="K125" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L125"/>
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>694</v>
+      </c>
       <c r="M125" t="s">
-        <v>674</v>
+        <v>695</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="P125" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B126" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C126" t="s">
-        <v>463</v>
+        <v>700</v>
       </c>
       <c r="D126" t="s">
-        <v>698</v>
+        <v>95</v>
       </c>
       <c r="E126" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>43</v>
+        <v>267</v>
       </c>
       <c r="G126" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H126">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I126"/>
+        <v>2010</v>
+      </c>
+      <c r="I126">
+        <v>2016</v>
+      </c>
       <c r="J126" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="K126" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L126" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="M126" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="P126" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B127" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C127" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D127" t="s">
-        <v>94</v>
+        <v>708</v>
       </c>
       <c r="E127" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F127" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="G127" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H127">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>339</v>
+        <v>709</v>
       </c>
       <c r="K127" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="P127" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B128" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C128" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D128" t="s">
-        <v>713</v>
+        <v>101</v>
       </c>
       <c r="E128" t="s">
         <v>42</v>
       </c>
       <c r="F128" t="s">
         <v>54</v>
       </c>
       <c r="G128" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H128">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I128"/>
+        <v>2006</v>
+      </c>
+      <c r="I128">
+        <v>2015</v>
+      </c>
       <c r="J128" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="K128" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L128"/>
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>715</v>
+      </c>
       <c r="M128" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
         <v>716</v>
       </c>
       <c r="P128" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
         <v>718</v>
       </c>
       <c r="B129" t="s">
+        <v>718</v>
+      </c>
+      <c r="C129" t="s">
+        <v>707</v>
+      </c>
+      <c r="D129" t="s">
         <v>719</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E129" t="s">
         <v>42</v>
       </c>
       <c r="F129" t="s">
         <v>54</v>
       </c>
       <c r="G129" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H129">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I129">
         <v>2015</v>
       </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129" t="s">
         <v>720</v>
       </c>
       <c r="M129" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
         <v>721</v>
       </c>
       <c r="P129" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>723</v>
       </c>
       <c r="B130" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C130" t="s">
-        <v>712</v>
+        <v>229</v>
       </c>
       <c r="D130" t="s">
-        <v>724</v>
+        <v>95</v>
       </c>
       <c r="E130" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G130" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H130">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>714</v>
+        <v>375</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
         <v>725</v>
       </c>
       <c r="M130" t="s">
-        <v>715</v>
+        <v>231</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>726</v>
       </c>
       <c r="P130" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>728</v>
       </c>
       <c r="B131" t="s">
         <v>729</v>
       </c>
       <c r="C131" t="s">
-        <v>228</v>
+        <v>575</v>
       </c>
       <c r="D131" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E131" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G131" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I131"/>
+        <v>1993</v>
+      </c>
+      <c r="I131">
+        <v>2010</v>
+      </c>
       <c r="J131" t="s">
-        <v>257</v>
+        <v>369</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
         <v>730</v>
       </c>
       <c r="M131" t="s">
-        <v>230</v>
+        <v>731</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P131" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B132" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C132" t="s">
-        <v>580</v>
+        <v>736</v>
       </c>
       <c r="D132" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E132" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I132">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J132" t="s">
         <v>375</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
-      <c r="L132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B133" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C133" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="D133" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E133" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I133">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P133" t="s">
-        <v>260</v>
+        <v>660</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B134" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C134" t="s">
-        <v>280</v>
+        <v>745</v>
       </c>
       <c r="D134" t="s">
-        <v>94</v>
+        <v>746</v>
       </c>
       <c r="E134" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>54</v>
+        <v>267</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I134">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J134" t="s">
-        <v>281</v>
+        <v>237</v>
       </c>
       <c r="K134" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L134"/>
+        <v>747</v>
+      </c>
+      <c r="L134" t="s">
+        <v>748</v>
+      </c>
       <c r="M134" t="s">
-        <v>282</v>
+        <v>749</v>
       </c>
       <c r="N134" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O134" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="P134" t="s">
-        <v>665</v>
+        <v>751</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="B135" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C135" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="D135" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="E135" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F135" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I135">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="J135" t="s">
-        <v>236</v>
+        <v>426</v>
       </c>
       <c r="K135" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="N135" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="P135" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B136" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="C136" t="s">
-        <v>756</v>
+        <v>736</v>
       </c>
       <c r="D136" t="s">
-        <v>757</v>
+        <v>95</v>
       </c>
       <c r="E136" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>761</v>
       </c>
       <c r="H136">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>431</v>
+        <v>375</v>
       </c>
       <c r="K136" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>758</v>
+        <v>737</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="P136" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B137" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="C137" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="D137" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>43</v>
       </c>
       <c r="G137" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H137">
         <v>2011</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="M137" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="P137" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B138" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C138" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="D138" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>43</v>
       </c>
       <c r="G138" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H138">
         <v>2015</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="M138" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="P138" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B139" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="C139" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="D139" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
         <v>43</v>
       </c>
       <c r="G139" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H139">
         <v>2014</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="P139" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B140" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="C140" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="D140" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>43</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2008</v>
       </c>
       <c r="I140">
         <v>2013</v>
       </c>
       <c r="J140" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140" t="s">
         <v>25</v>
       </c>
       <c r="M140" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="P140" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B141" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="C141" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="D141" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2007</v>
       </c>
       <c r="I141">
         <v>2018</v>
       </c>
       <c r="J141" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="M141" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="P141" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B142" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="C142" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D142" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E142" t="s">
         <v>42</v>
       </c>
       <c r="F142" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2011</v>
       </c>
       <c r="I142">
         <v>2019</v>
       </c>
       <c r="J142" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="M142" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="P142" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B143" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C143" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D143" t="s">
         <v>53</v>
       </c>
       <c r="E143" t="s">
         <v>42</v>
       </c>
       <c r="F143" t="s">
         <v>54</v>
       </c>
       <c r="G143" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H143">
         <v>2011</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="M143" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="P143" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B144" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="C144" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D144" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E144" t="s">
         <v>42</v>
       </c>
       <c r="F144" t="s">
         <v>54</v>
       </c>
       <c r="G144" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H144">
         <v>2014</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="M144" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="P144" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B145" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C145" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="D145" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E145" t="s">
         <v>42</v>
       </c>
       <c r="F145" t="s">
         <v>54</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2000</v>
       </c>
       <c r="I145">
         <v>2012</v>
       </c>
       <c r="J145" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="M145" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="P145" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B146" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C146" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D146" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
       <c r="I146">
         <v>2013</v>
       </c>
       <c r="J146" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="M146" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="P146" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B147" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C147" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="D147" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="E147" t="s">
         <v>42</v>
       </c>
       <c r="F147" t="s">
         <v>54</v>
       </c>
       <c r="G147" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="P147" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B148" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C148" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D148" t="s">
         <v>53</v>
       </c>
       <c r="E148" t="s">
         <v>42</v>
       </c>
       <c r="F148" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G148" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H148">
         <v>2018</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="P148" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B149" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C149" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="D149" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G149" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H149">
         <v>2014</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="M149" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="P149" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B150" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C150" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D150" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H150">
         <v>2016</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="P150" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B151" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C151" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D151" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>43</v>
       </c>
       <c r="G151" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H151">
         <v>2017</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="N151" t="s">
         <v>36</v>
       </c>
       <c r="O151" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="P151" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B152" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C152" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D152" t="s">
         <v>53</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2017</v>
       </c>
       <c r="I152">
         <v>2021</v>
       </c>
       <c r="J152" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="M152" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="P152" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="B153" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="C153" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D153" t="s">
         <v>53</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2017</v>
       </c>
       <c r="I153">
         <v>2021</v>
       </c>
       <c r="J153" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="M153" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="P153" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B154" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C154" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D154" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2010</v>
       </c>
       <c r="I154">
         <v>2013</v>
       </c>
       <c r="J154" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="M154" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="P154" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B155" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C155" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D155" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2012</v>
       </c>
       <c r="I155">
         <v>2015</v>
       </c>
       <c r="J155" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="M155" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="P155" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B156" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C156" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D156" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H156">
         <v>2012</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="M156" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="P156" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B157" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C157" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D157" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>43</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2009</v>
       </c>
       <c r="I157">
         <v>2016</v>
       </c>
       <c r="J157" t="s">
         <v>33</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="P157" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B158" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C158" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D158" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E158" t="s">
         <v>42</v>
       </c>
       <c r="F158" t="s">
         <v>54</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2007</v>
       </c>
       <c r="I158">
         <v>2012</v>
       </c>
       <c r="J158" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="M158" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="P158" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="B159" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C159" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D159" t="s">
         <v>53</v>
       </c>
       <c r="E159" t="s">
         <v>42</v>
       </c>
       <c r="F159" t="s">
         <v>54</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>1997</v>
       </c>
       <c r="I159">
         <v>2015</v>
       </c>
       <c r="J159" t="s">
         <v>33</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="M159" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="P159" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="B160" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="C160" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D160" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E160" t="s">
         <v>42</v>
       </c>
       <c r="F160" t="s">
         <v>54</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2003</v>
       </c>
       <c r="I160">
         <v>2012</v>
       </c>
       <c r="J160" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="M160" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="P160" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B161" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C161" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D161" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E161" t="s">
         <v>42</v>
       </c>
       <c r="F161" t="s">
         <v>54</v>
       </c>
       <c r="G161" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H161">
         <v>2018</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="M161" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="P161" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="B162" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C162" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D162" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E162" t="s">
         <v>42</v>
       </c>
       <c r="F162" t="s">
         <v>54</v>
       </c>
       <c r="G162" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H162">
         <v>2018</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="M162" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="P162" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="B163" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="C163" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D163" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H163">
         <v>2021</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="P163" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B164" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C164" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D164" t="s">
         <v>53</v>
       </c>
       <c r="E164" t="s">
         <v>42</v>
       </c>
       <c r="F164" t="s">
         <v>54</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2004</v>
       </c>
       <c r="I164">
         <v>2020</v>
       </c>
       <c r="J164" t="s">
         <v>44</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="M164" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="P164" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="B165" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="C165" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D165" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E165" t="s">
         <v>42</v>
       </c>
       <c r="F165" t="s">
         <v>54</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2006</v>
       </c>
       <c r="I165">
         <v>2020</v>
       </c>
       <c r="J165" t="s">
         <v>33</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="M165" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="P165" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B166" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C166" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D166" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E166" t="s">
         <v>42</v>
       </c>
       <c r="F166" t="s">
         <v>54</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2001</v>
       </c>
       <c r="I166">
         <v>2020</v>
       </c>
       <c r="J166" t="s">
         <v>33</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="M166" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="P166" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B167" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C167" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D167" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E167" t="s">
         <v>42</v>
       </c>
       <c r="F167" t="s">
         <v>54</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2000</v>
       </c>
       <c r="I167">
         <v>2020</v>
       </c>
       <c r="J167" t="s">
         <v>33</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="M167" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="P167" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B168" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C168" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D168" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E168" t="s">
         <v>42</v>
       </c>
       <c r="F168" t="s">
         <v>54</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2002</v>
       </c>
       <c r="I168">
         <v>2020</v>
       </c>
       <c r="J168" t="s">
         <v>33</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="M168" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="P168" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B169" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C169" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D169" t="s">
         <v>62</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>1997</v>
       </c>
       <c r="I169">
         <v>2022</v>
       </c>
       <c r="J169" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="P169" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="B170" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="C170" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D170" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E170" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F170" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G170" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H170"/>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="P170" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B171" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C171" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D171" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E171" t="s">
         <v>42</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H171">
         <v>2021</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="M171" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="P171"/>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="B172" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C172" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D172" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E172" t="s">
         <v>42</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2011</v>
       </c>
       <c r="I172">
         <v>2021</v>
       </c>
       <c r="J172" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="M172" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="P172" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="B173" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C173" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D173" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E173" t="s">
         <v>42</v>
       </c>
       <c r="F173" t="s">
         <v>43</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2002</v>
       </c>
       <c r="I173">
         <v>2021</v>
       </c>
       <c r="J173" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="M173" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="P173" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="B174" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="C174" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="D174" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G174" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H174">
         <v>2013</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>257</v>
+        <v>375</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="M174" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="P174" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="B175" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="C175" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="D175" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2012</v>
       </c>
       <c r="I175">
         <v>2014</v>
       </c>
       <c r="J175" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="M175" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="P175" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="B176" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="C176" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D176" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E176" t="s">
         <v>42</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H176">
         <v>2013</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="P176" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B177" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="C177" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="D177" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="E177" t="s">
         <v>42</v>
       </c>
       <c r="F177" t="s">
         <v>43</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>2014</v>
       </c>
       <c r="I177">
         <v>2017</v>
       </c>
       <c r="J177" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="P177" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="B178" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C178" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D178" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="E178" t="s">
         <v>42</v>
       </c>
       <c r="F178" t="s">
         <v>43</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2015</v>
       </c>
       <c r="I178">
         <v>2016</v>
       </c>
       <c r="J178" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K178" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="L178" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="M178" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="N178" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="O178" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="P178" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B179" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C179" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D179" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="E179" t="s">
         <v>42</v>
       </c>
       <c r="F179" t="s">
         <v>54</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2011</v>
       </c>
       <c r="I179">
         <v>2017</v>
       </c>
       <c r="J179" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K179" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="N179" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="O179" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="P179" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">