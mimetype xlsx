--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="633">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="634">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1711,50 +1711,53 @@
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
   </si>
   <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
@@ -6975,908 +6978,908 @@
       </c>
       <c r="P96" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>545</v>
       </c>
       <c r="B97" t="s">
         <v>546</v>
       </c>
       <c r="C97" t="s">
         <v>465</v>
       </c>
       <c r="D97" t="s">
         <v>547</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>247</v>
       </c>
       <c r="G97" t="s">
-        <v>22</v>
+        <v>548</v>
       </c>
       <c r="H97">
         <v>2002</v>
       </c>
       <c r="I97">
         <v>2007</v>
       </c>
       <c r="J97" t="s">
         <v>349</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M97" t="s">
         <v>470</v>
       </c>
       <c r="N97" t="s">
         <v>38</v>
       </c>
       <c r="O97" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P97" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B98" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C98" t="s">
         <v>465</v>
       </c>
       <c r="D98" t="s">
         <v>112</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>247</v>
       </c>
       <c r="G98" t="s">
         <v>74</v>
       </c>
       <c r="H98">
         <v>2014</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>498</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M98" t="s">
         <v>470</v>
       </c>
       <c r="N98" t="s">
         <v>38</v>
       </c>
       <c r="O98" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P98" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B99" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C99" t="s">
         <v>167</v>
       </c>
       <c r="D99" t="s">
         <v>33</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2017</v>
       </c>
       <c r="I99">
         <v>2021</v>
       </c>
       <c r="J99" t="s">
         <v>170</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M99" t="s">
         <v>171</v>
       </c>
       <c r="N99" t="s">
         <v>38</v>
       </c>
       <c r="O99" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P99" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B100" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C100" t="s">
         <v>167</v>
       </c>
       <c r="D100" t="s">
         <v>33</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2017</v>
       </c>
       <c r="I100">
         <v>2021</v>
       </c>
       <c r="J100" t="s">
         <v>170</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M100" t="s">
         <v>171</v>
       </c>
       <c r="N100" t="s">
         <v>38</v>
       </c>
       <c r="O100" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P100" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B101" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C101" t="s">
         <v>167</v>
       </c>
       <c r="D101" t="s">
         <v>61</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2012</v>
       </c>
       <c r="I101">
         <v>2015</v>
       </c>
       <c r="J101" t="s">
         <v>170</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>522</v>
       </c>
       <c r="M101" t="s">
         <v>171</v>
       </c>
       <c r="N101" t="s">
         <v>38</v>
       </c>
       <c r="O101" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="P101" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B102" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C102" t="s">
         <v>167</v>
       </c>
       <c r="D102" t="s">
         <v>61</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>74</v>
       </c>
       <c r="H102">
         <v>2012</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>170</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
         <v>522</v>
       </c>
       <c r="M102" t="s">
         <v>171</v>
       </c>
       <c r="N102" t="s">
         <v>38</v>
       </c>
       <c r="O102" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P102" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B103" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C103" t="s">
         <v>434</v>
       </c>
       <c r="D103" t="s">
         <v>33</v>
       </c>
       <c r="E103" t="s">
         <v>34</v>
       </c>
       <c r="F103" t="s">
         <v>35</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1997</v>
       </c>
       <c r="I103">
         <v>2015</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M103" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N103" t="s">
         <v>38</v>
       </c>
       <c r="O103" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P103" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B104" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C104" t="s">
         <v>434</v>
       </c>
       <c r="D104" t="s">
         <v>61</v>
       </c>
       <c r="E104" t="s">
         <v>34</v>
       </c>
       <c r="F104" t="s">
         <v>35</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2003</v>
       </c>
       <c r="I104">
         <v>2012</v>
       </c>
       <c r="J104" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="M104" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N104" t="s">
         <v>38</v>
       </c>
       <c r="O104" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="P104" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B105" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C105" t="s">
         <v>434</v>
       </c>
       <c r="D105" t="s">
         <v>61</v>
       </c>
       <c r="E105" t="s">
         <v>34</v>
       </c>
       <c r="F105" t="s">
         <v>35</v>
       </c>
       <c r="G105" t="s">
         <v>74</v>
       </c>
       <c r="H105">
         <v>2018</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M105" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N105" t="s">
         <v>38</v>
       </c>
       <c r="O105" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P105" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B106" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C106" t="s">
         <v>434</v>
       </c>
       <c r="D106" t="s">
         <v>61</v>
       </c>
       <c r="E106" t="s">
         <v>34</v>
       </c>
       <c r="F106" t="s">
         <v>35</v>
       </c>
       <c r="G106" t="s">
         <v>74</v>
       </c>
       <c r="H106">
         <v>2018</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M106" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N106" t="s">
         <v>38</v>
       </c>
       <c r="O106" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P106" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B107" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C107" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D107" t="s">
         <v>33</v>
       </c>
       <c r="E107" t="s">
         <v>34</v>
       </c>
       <c r="F107" t="s">
         <v>35</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2004</v>
       </c>
       <c r="I107">
         <v>2020</v>
       </c>
       <c r="J107" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>360</v>
       </c>
       <c r="M107" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N107" t="s">
         <v>38</v>
       </c>
       <c r="O107" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P107" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B108" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C108" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D108" t="s">
         <v>61</v>
       </c>
       <c r="E108" t="s">
         <v>34</v>
       </c>
       <c r="F108" t="s">
         <v>35</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2006</v>
       </c>
       <c r="I108">
         <v>2020</v>
       </c>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>360</v>
       </c>
       <c r="M108" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N108" t="s">
         <v>38</v>
       </c>
       <c r="O108" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P108" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B109" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C109" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D109" t="s">
         <v>61</v>
       </c>
       <c r="E109" t="s">
         <v>34</v>
       </c>
       <c r="F109" t="s">
         <v>35</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2001</v>
       </c>
       <c r="I109">
         <v>2020</v>
       </c>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
         <v>360</v>
       </c>
       <c r="M109" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N109" t="s">
         <v>38</v>
       </c>
       <c r="O109" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P109" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B110" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C110" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D110" t="s">
         <v>61</v>
       </c>
       <c r="E110" t="s">
         <v>34</v>
       </c>
       <c r="F110" t="s">
         <v>35</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2000</v>
       </c>
       <c r="I110">
         <v>2020</v>
       </c>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
         <v>360</v>
       </c>
       <c r="M110" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N110" t="s">
         <v>38</v>
       </c>
       <c r="O110" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P110" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C111" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D111" t="s">
         <v>61</v>
       </c>
       <c r="E111" t="s">
         <v>34</v>
       </c>
       <c r="F111" t="s">
         <v>35</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2002</v>
       </c>
       <c r="I111">
         <v>2020</v>
       </c>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
         <v>360</v>
       </c>
       <c r="M111" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N111" t="s">
         <v>38</v>
       </c>
       <c r="O111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P111" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B112" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D112" t="s">
         <v>124</v>
       </c>
       <c r="E112" t="s">
         <v>34</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>74</v>
       </c>
       <c r="H112">
         <v>2021</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>349</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M112" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="N112" t="s">
         <v>38</v>
       </c>
       <c r="O112" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P112"/>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B113" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C113" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D113" t="s">
         <v>79</v>
       </c>
       <c r="E113" t="s">
         <v>34</v>
       </c>
       <c r="F113" t="s">
         <v>53</v>
       </c>
       <c r="G113" t="s">
         <v>74</v>
       </c>
       <c r="H113">
         <v>2006</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>297</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M113" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="N113" t="s">
         <v>38</v>
       </c>
       <c r="O113" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P113" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B114" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C114" t="s">
         <v>72</v>
       </c>
       <c r="D114" t="s">
         <v>61</v>
       </c>
       <c r="E114" t="s">
         <v>34</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>74</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>67</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114" t="s">
         <v>38</v>
       </c>
       <c r="O114" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P114" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">