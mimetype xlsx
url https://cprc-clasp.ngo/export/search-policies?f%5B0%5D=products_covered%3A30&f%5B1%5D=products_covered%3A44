--- v0 (2025-10-12)
+++ v1 (2026-01-24)
@@ -12,1294 +12,1953 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="600">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1563,4741 +2222,5400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N110"/>
+  <dimension ref="A1:P110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...12 lines deleted...]
-      <c r="L2" t="s">
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...69 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2012</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...8 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...19 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>100</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>101</v>
+      </c>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
         <v>42</v>
       </c>
-      <c r="D6" t="s">
-[...17 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G16" t="s">
         <v>22</v>
-      </c>
-[...389 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I16" t="s">
-        <v>71</v>
+      <c r="I16">
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
+        <v>100</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...31 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>64</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K17" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>73</v>
+        <v>114</v>
       </c>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="N17" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2003</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2011</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="N18" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>86</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>102</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>100</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>102</v>
+      </c>
+      <c r="N20" t="s">
+        <v>131</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>64</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>136</v>
+      </c>
+      <c r="M21" t="s">
+        <v>102</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>113</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>64</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>141</v>
+      </c>
+      <c r="M22" t="s">
+        <v>102</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>107</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>64</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>44</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M23" t="s">
+        <v>102</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24" t="s">
+        <v>152</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>153</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>155</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>160</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G19">
-[...2 lines deleted...]
-      <c r="H19">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>161</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>162</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>160</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>168</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>162</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" t="s">
+        <v>107</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>64</v>
+      </c>
+      <c r="H27">
+        <v>2019</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>168</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>162</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>160</v>
+      </c>
+      <c r="D28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>168</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>162</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>181</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>64</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>182</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>183</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" t="s">
+        <v>167</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>183</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>189</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>181</v>
+      </c>
+      <c r="D31" t="s">
+        <v>129</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>64</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>182</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>183</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>181</v>
+      </c>
+      <c r="D32" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>64</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>182</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>183</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>194</v>
+      </c>
+      <c r="P32" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>181</v>
+      </c>
+      <c r="D33" t="s">
+        <v>197</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>64</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>182</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>183</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>199</v>
+      </c>
+      <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>64</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>182</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>183</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>201</v>
+      </c>
+      <c r="P34" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>202</v>
+      </c>
+      <c r="B35" t="s">
+        <v>203</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>113</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>64</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>182</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>183</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>204</v>
+      </c>
+      <c r="P35" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" t="s">
+        <v>181</v>
+      </c>
+      <c r="D36" t="s">
+        <v>51</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>182</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>183</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>181</v>
+      </c>
+      <c r="D37" t="s">
+        <v>51</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>64</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>182</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>183</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>210</v>
+      </c>
+      <c r="P37" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>211</v>
+      </c>
+      <c r="B38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" t="s">
+        <v>181</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>64</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>182</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>183</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>213</v>
+      </c>
+      <c r="P38" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>214</v>
+      </c>
+      <c r="B39" t="s">
+        <v>215</v>
+      </c>
+      <c r="C39" t="s">
+        <v>216</v>
+      </c>
+      <c r="D39" t="s">
+        <v>197</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>64</v>
+      </c>
+      <c r="H39">
+        <v>2008</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>217</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>218</v>
+      </c>
+      <c r="M39" t="s">
+        <v>219</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>220</v>
+      </c>
+      <c r="P39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>222</v>
+      </c>
+      <c r="B40" t="s">
+        <v>223</v>
+      </c>
+      <c r="C40" t="s">
+        <v>216</v>
+      </c>
+      <c r="D40" t="s">
+        <v>51</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
         <v>2015</v>
       </c>
-      <c r="I19" t="s">
-[...2 lines deleted...]
-      <c r="J19" t="s">
+      <c r="J40" t="s">
+        <v>217</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>224</v>
+      </c>
+      <c r="M40" t="s">
+        <v>219</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>225</v>
+      </c>
+      <c r="P40" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>227</v>
+      </c>
+      <c r="B41" t="s">
+        <v>228</v>
+      </c>
+      <c r="C41" t="s">
+        <v>216</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...16 lines deleted...]
-      <c r="B20" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2000</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>229</v>
+      </c>
+      <c r="M41" t="s">
+        <v>219</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>230</v>
+      </c>
+      <c r="P41" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>232</v>
+      </c>
+      <c r="B42" t="s">
+        <v>233</v>
+      </c>
+      <c r="C42" t="s">
+        <v>216</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2000</v>
+      </c>
+      <c r="I42">
+        <v>2012</v>
+      </c>
+      <c r="J42" t="s">
+        <v>217</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>229</v>
+      </c>
+      <c r="M42" t="s">
+        <v>219</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>234</v>
+      </c>
+      <c r="P42" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>236</v>
+      </c>
+      <c r="B43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C43" t="s">
+        <v>216</v>
+      </c>
+      <c r="D43" t="s">
+        <v>51</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>217</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>224</v>
+      </c>
+      <c r="M43" t="s">
+        <v>219</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>238</v>
+      </c>
+      <c r="P43" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>240</v>
+      </c>
+      <c r="B44" t="s">
+        <v>241</v>
+      </c>
+      <c r="C44" t="s">
+        <v>242</v>
+      </c>
+      <c r="D44" t="s">
+        <v>197</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
         <v>35</v>
       </c>
-      <c r="C20" t="s">
-[...8 lines deleted...]
-      <c r="F20" t="s">
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>243</v>
+      </c>
+      <c r="M44" t="s">
+        <v>244</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>245</v>
+      </c>
+      <c r="P44" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B45" t="s">
+        <v>248</v>
+      </c>
+      <c r="C45" t="s">
+        <v>249</v>
+      </c>
+      <c r="D45" t="s">
+        <v>107</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>100</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>250</v>
+      </c>
+      <c r="M45" t="s">
+        <v>244</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>251</v>
+      </c>
+      <c r="P45" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>253</v>
+      </c>
+      <c r="B46" t="s">
+        <v>254</v>
+      </c>
+      <c r="C46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1994</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>100</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>256</v>
+      </c>
+      <c r="M46" t="s">
+        <v>244</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>257</v>
+      </c>
+      <c r="P46" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>259</v>
+      </c>
+      <c r="B47" t="s">
+        <v>260</v>
+      </c>
+      <c r="C47" t="s">
+        <v>261</v>
+      </c>
+      <c r="D47" t="s">
+        <v>107</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47">
+        <v>2018</v>
+      </c>
+      <c r="J47" t="s">
+        <v>100</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>262</v>
+      </c>
+      <c r="M47" t="s">
+        <v>244</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>263</v>
+      </c>
+      <c r="P47" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>265</v>
+      </c>
+      <c r="B48" t="s">
+        <v>266</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
         <v>51</v>
       </c>
-      <c r="G20">
-[...6 lines deleted...]
-      <c r="J20" t="s">
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...38 lines deleted...]
-      <c r="J21" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2001</v>
+      </c>
+      <c r="I48">
+        <v>2019</v>
+      </c>
+      <c r="J48" t="s">
+        <v>100</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>267</v>
+      </c>
+      <c r="M48" t="s">
+        <v>244</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>268</v>
+      </c>
+      <c r="P48" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>270</v>
+      </c>
+      <c r="B49" t="s">
+        <v>271</v>
+      </c>
+      <c r="C49" t="s">
+        <v>261</v>
+      </c>
+      <c r="D49" t="s">
+        <v>113</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...1162 lines deleted...]
-        <v>2016</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2016</v>
       </c>
-      <c r="I49" t="s">
-        <v>71</v>
+      <c r="I49">
+        <v>2016</v>
       </c>
       <c r="J49" t="s">
+        <v>100</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>272</v>
+      </c>
+      <c r="M49" t="s">
+        <v>244</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>273</v>
+      </c>
+      <c r="P49" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>275</v>
+      </c>
+      <c r="B50" t="s">
+        <v>276</v>
+      </c>
+      <c r="C50" t="s">
+        <v>261</v>
+      </c>
+      <c r="D50" t="s">
+        <v>113</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...31 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>64</v>
+      </c>
+      <c r="H50">
         <v>2013</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
+        <v>100</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>277</v>
+      </c>
+      <c r="M50" t="s">
+        <v>244</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>278</v>
+      </c>
+      <c r="P50" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>280</v>
+      </c>
+      <c r="B51" t="s">
+        <v>281</v>
+      </c>
+      <c r="C51" t="s">
+        <v>261</v>
+      </c>
+      <c r="D51" t="s">
+        <v>167</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...28 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>100</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>282</v>
+      </c>
+      <c r="M51" t="s">
+        <v>244</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>283</v>
+      </c>
+      <c r="P51" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>285</v>
+      </c>
+      <c r="B52" t="s">
+        <v>286</v>
+      </c>
+      <c r="C52" t="s">
+        <v>31</v>
+      </c>
+      <c r="D52" t="s">
         <v>19</v>
       </c>
-      <c r="G51">
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2004</v>
       </c>
-      <c r="H51">
-[...43 lines deleted...]
-      <c r="H52">
+      <c r="I52">
         <v>2011</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>23</v>
+        <v>288</v>
       </c>
       <c r="N52" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>289</v>
+      </c>
+      <c r="P52" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>196</v>
+        <v>291</v>
       </c>
       <c r="B53" t="s">
-        <v>26</v>
+        <v>292</v>
       </c>
       <c r="C53" t="s">
-        <v>197</v>
+        <v>31</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="E53" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2009</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2011</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>23</v>
+        <v>288</v>
       </c>
       <c r="N53" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>294</v>
+      </c>
+      <c r="P53" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>199</v>
+        <v>295</v>
       </c>
       <c r="B54" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="C54" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E54" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2008</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2010</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>23</v>
+        <v>288</v>
       </c>
       <c r="N54" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>297</v>
+      </c>
+      <c r="P54" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>201</v>
+        <v>298</v>
       </c>
       <c r="B55" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="C55" t="s">
         <v>42</v>
       </c>
       <c r="D55" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="E55" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2010</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>100</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>52</v>
+      </c>
+      <c r="M55" t="s">
+        <v>46</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>299</v>
+      </c>
+      <c r="P55" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>301</v>
+      </c>
+      <c r="B56" t="s">
+        <v>302</v>
+      </c>
+      <c r="C56" t="s">
+        <v>42</v>
+      </c>
+      <c r="D56" t="s">
         <v>19</v>
       </c>
-      <c r="G55">
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>100</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>303</v>
+      </c>
+      <c r="M56" t="s">
+        <v>46</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>304</v>
+      </c>
+      <c r="P56" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>306</v>
+      </c>
+      <c r="B57" t="s">
+        <v>307</v>
+      </c>
+      <c r="C57" t="s">
+        <v>308</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>64</v>
+      </c>
+      <c r="H57">
+        <v>1989</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>100</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>309</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>310</v>
+      </c>
+      <c r="P57" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>312</v>
+      </c>
+      <c r="B58" t="s">
+        <v>313</v>
+      </c>
+      <c r="C58" t="s">
+        <v>308</v>
+      </c>
+      <c r="D58" t="s">
+        <v>51</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1989</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>314</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>309</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>315</v>
+      </c>
+      <c r="P58" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>317</v>
+      </c>
+      <c r="B59" t="s">
+        <v>318</v>
+      </c>
+      <c r="C59" t="s">
+        <v>308</v>
+      </c>
+      <c r="D59" t="s">
+        <v>51</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>64</v>
+      </c>
+      <c r="H59">
+        <v>1989</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>217</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>309</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>319</v>
+      </c>
+      <c r="P59" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>321</v>
+      </c>
+      <c r="B60" t="s">
+        <v>322</v>
+      </c>
+      <c r="C60" t="s">
+        <v>308</v>
+      </c>
+      <c r="D60" t="s">
+        <v>197</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>64</v>
+      </c>
+      <c r="H60">
+        <v>1990</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>217</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>309</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>323</v>
+      </c>
+      <c r="P60" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>325</v>
+      </c>
+      <c r="B61" t="s">
+        <v>326</v>
+      </c>
+      <c r="C61" t="s">
+        <v>308</v>
+      </c>
+      <c r="D61" t="s">
+        <v>51</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>64</v>
+      </c>
+      <c r="H61">
+        <v>1989</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>217</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>309</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>327</v>
+      </c>
+      <c r="P61" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>329</v>
+      </c>
+      <c r="B62" t="s">
+        <v>330</v>
+      </c>
+      <c r="C62" t="s">
+        <v>308</v>
+      </c>
+      <c r="D62" t="s">
+        <v>19</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>64</v>
+      </c>
+      <c r="H62">
+        <v>1987</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>100</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>309</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>331</v>
+      </c>
+      <c r="P62" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>333</v>
+      </c>
+      <c r="B63" t="s">
+        <v>334</v>
+      </c>
+      <c r="C63" t="s">
+        <v>335</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1999</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>336</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>337</v>
+      </c>
+      <c r="M63" t="s">
+        <v>338</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>339</v>
+      </c>
+      <c r="P63" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>341</v>
+      </c>
+      <c r="B64" t="s">
+        <v>342</v>
+      </c>
+      <c r="C64" t="s">
+        <v>216</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2000</v>
+      </c>
+      <c r="I64">
+        <v>2013</v>
+      </c>
+      <c r="J64" t="s">
+        <v>217</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>343</v>
+      </c>
+      <c r="M64" t="s">
+        <v>219</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>344</v>
+      </c>
+      <c r="P64" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>346</v>
+      </c>
+      <c r="B65" t="s">
+        <v>347</v>
+      </c>
+      <c r="C65" t="s">
+        <v>216</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2000</v>
+      </c>
+      <c r="I65">
+        <v>2013</v>
+      </c>
+      <c r="J65" t="s">
+        <v>217</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>219</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>348</v>
+      </c>
+      <c r="P65" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>350</v>
+      </c>
+      <c r="B66" t="s">
+        <v>351</v>
+      </c>
+      <c r="C66" t="s">
+        <v>216</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2000</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>217</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>343</v>
+      </c>
+      <c r="M66" t="s">
+        <v>352</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>353</v>
+      </c>
+      <c r="P66" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>355</v>
+      </c>
+      <c r="B67" t="s">
+        <v>356</v>
+      </c>
+      <c r="C67" t="s">
+        <v>216</v>
+      </c>
+      <c r="D67" t="s">
+        <v>293</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>64</v>
+      </c>
+      <c r="H67">
+        <v>2015</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>217</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>352</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>357</v>
+      </c>
+      <c r="P67" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>359</v>
+      </c>
+      <c r="B68" t="s">
+        <v>360</v>
+      </c>
+      <c r="C68" t="s">
+        <v>216</v>
+      </c>
+      <c r="D68" t="s">
+        <v>51</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
+        <v>2013</v>
+      </c>
+      <c r="J68" t="s">
+        <v>217</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>343</v>
+      </c>
+      <c r="M68" t="s">
+        <v>352</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>361</v>
+      </c>
+      <c r="P68" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>363</v>
+      </c>
+      <c r="B69" t="s">
+        <v>364</v>
+      </c>
+      <c r="C69" t="s">
+        <v>216</v>
+      </c>
+      <c r="D69" t="s">
+        <v>51</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2000</v>
+      </c>
+      <c r="I69">
+        <v>2013</v>
+      </c>
+      <c r="J69" t="s">
+        <v>217</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>365</v>
+      </c>
+      <c r="M69" t="s">
+        <v>219</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>366</v>
+      </c>
+      <c r="P69"/>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>367</v>
+      </c>
+      <c r="B70" t="s">
+        <v>368</v>
+      </c>
+      <c r="C70" t="s">
+        <v>216</v>
+      </c>
+      <c r="D70" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2000</v>
+      </c>
+      <c r="I70">
+        <v>2015</v>
+      </c>
+      <c r="J70" t="s">
+        <v>217</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>219</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>369</v>
+      </c>
+      <c r="P70" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>371</v>
+      </c>
+      <c r="B71" t="s">
+        <v>372</v>
+      </c>
+      <c r="C71" t="s">
+        <v>216</v>
+      </c>
+      <c r="D71" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2000</v>
+      </c>
+      <c r="I71">
+        <v>2015</v>
+      </c>
+      <c r="J71" t="s">
+        <v>217</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>352</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>373</v>
+      </c>
+      <c r="P71" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>375</v>
+      </c>
+      <c r="B72" t="s">
+        <v>376</v>
+      </c>
+      <c r="C72" t="s">
+        <v>216</v>
+      </c>
+      <c r="D72" t="s">
+        <v>51</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2000</v>
+      </c>
+      <c r="I72">
+        <v>2013</v>
+      </c>
+      <c r="J72" t="s">
+        <v>217</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>244</v>
+      </c>
+      <c r="M72" t="s">
+        <v>219</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>377</v>
+      </c>
+      <c r="P72" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>379</v>
+      </c>
+      <c r="B73" t="s">
+        <v>380</v>
+      </c>
+      <c r="C73" t="s">
+        <v>216</v>
+      </c>
+      <c r="D73" t="s">
+        <v>51</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2000</v>
+      </c>
+      <c r="I73">
+        <v>2014</v>
+      </c>
+      <c r="J73" t="s">
+        <v>217</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>352</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>381</v>
+      </c>
+      <c r="P73" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>383</v>
+      </c>
+      <c r="B74" t="s">
+        <v>384</v>
+      </c>
+      <c r="C74" t="s">
+        <v>181</v>
+      </c>
+      <c r="D74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1996</v>
+      </c>
+      <c r="I74">
         <v>2010</v>
       </c>
-      <c r="H55">
+      <c r="J74" t="s">
+        <v>182</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>183</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>385</v>
+      </c>
+      <c r="P74" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>387</v>
+      </c>
+      <c r="B75" t="s">
+        <v>388</v>
+      </c>
+      <c r="C75" t="s">
+        <v>389</v>
+      </c>
+      <c r="D75" t="s">
+        <v>51</v>
+      </c>
+      <c r="E75" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" t="s">
+        <v>390</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2012</v>
+      </c>
+      <c r="I75">
+        <v>2010</v>
+      </c>
+      <c r="J75" t="s">
+        <v>182</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>391</v>
+      </c>
+      <c r="M75" t="s">
+        <v>392</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>393</v>
+      </c>
+      <c r="P75" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>395</v>
+      </c>
+      <c r="B76" t="s">
+        <v>396</v>
+      </c>
+      <c r="C76" t="s">
+        <v>397</v>
+      </c>
+      <c r="D76" t="s">
+        <v>95</v>
+      </c>
+      <c r="E76" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2012</v>
+      </c>
+      <c r="I76">
+        <v>2013</v>
+      </c>
+      <c r="J76" t="s">
+        <v>100</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>398</v>
+      </c>
+      <c r="M76" t="s">
+        <v>399</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>400</v>
+      </c>
+      <c r="P76" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>402</v>
+      </c>
+      <c r="B77" t="s">
+        <v>403</v>
+      </c>
+      <c r="C77" t="s">
+        <v>404</v>
+      </c>
+      <c r="D77" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" t="s">
+        <v>34</v>
+      </c>
+      <c r="G77" t="s">
+        <v>64</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>405</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>406</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>407</v>
+      </c>
+      <c r="P77" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>409</v>
+      </c>
+      <c r="B78" t="s">
+        <v>410</v>
+      </c>
+      <c r="C78" t="s">
+        <v>411</v>
+      </c>
+      <c r="D78" t="s">
+        <v>19</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>64</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>217</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>412</v>
+      </c>
+      <c r="M78" t="s">
+        <v>413</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>414</v>
+      </c>
+      <c r="P78" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>416</v>
+      </c>
+      <c r="B79" t="s">
+        <v>417</v>
+      </c>
+      <c r="C79" t="s">
+        <v>418</v>
+      </c>
+      <c r="D79" t="s">
+        <v>419</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>420</v>
+      </c>
+      <c r="G79" t="s">
+        <v>64</v>
+      </c>
+      <c r="H79">
         <v>2015</v>
       </c>
-      <c r="I55" t="s">
-[...2 lines deleted...]
-      <c r="J55" t="s">
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>421</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>422</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>423</v>
+      </c>
+      <c r="P79" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>425</v>
+      </c>
+      <c r="B80" t="s">
+        <v>426</v>
+      </c>
+      <c r="C80" t="s">
+        <v>418</v>
+      </c>
+      <c r="D80" t="s">
+        <v>427</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>420</v>
+      </c>
+      <c r="G80" t="s">
+        <v>64</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>421</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>422</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>428</v>
+      </c>
+      <c r="P80" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>430</v>
+      </c>
+      <c r="B81" t="s">
+        <v>431</v>
+      </c>
+      <c r="C81" t="s">
+        <v>418</v>
+      </c>
+      <c r="D81" t="s">
+        <v>432</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>420</v>
+      </c>
+      <c r="G81" t="s">
+        <v>64</v>
+      </c>
+      <c r="H81">
+        <v>2015</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>421</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>422</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>433</v>
+      </c>
+      <c r="P81" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>435</v>
+      </c>
+      <c r="B82" t="s">
+        <v>436</v>
+      </c>
+      <c r="C82" t="s">
+        <v>418</v>
+      </c>
+      <c r="D82" t="s">
+        <v>427</v>
+      </c>
+      <c r="E82" t="s">
+        <v>437</v>
+      </c>
+      <c r="F82" t="s">
+        <v>420</v>
+      </c>
+      <c r="G82" t="s">
+        <v>64</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>421</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>422</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>438</v>
+      </c>
+      <c r="P82" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>440</v>
+      </c>
+      <c r="B83" t="s">
+        <v>441</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>427</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>420</v>
+      </c>
+      <c r="G83" t="s">
+        <v>64</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>421</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>422</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>442</v>
+      </c>
+      <c r="P83" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>444</v>
+      </c>
+      <c r="B84" t="s">
+        <v>445</v>
+      </c>
+      <c r="C84" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" t="s">
+        <v>446</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" t="s">
+        <v>64</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>217</v>
+      </c>
+      <c r="K84" t="s">
+        <v>447</v>
+      </c>
+      <c r="L84" t="s">
+        <v>448</v>
+      </c>
+      <c r="M84" t="s">
+        <v>449</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>450</v>
+      </c>
+      <c r="P84" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>452</v>
+      </c>
+      <c r="B85" t="s">
+        <v>453</v>
+      </c>
+      <c r="C85" t="s">
+        <v>454</v>
+      </c>
+      <c r="D85" t="s">
+        <v>51</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K55" t="s">
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2006</v>
+      </c>
+      <c r="I85">
+        <v>2015</v>
+      </c>
+      <c r="J85" t="s">
+        <v>455</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>456</v>
+      </c>
+      <c r="M85" t="s">
+        <v>457</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>458</v>
+      </c>
+      <c r="P85" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>460</v>
+      </c>
+      <c r="B86" t="s">
+        <v>460</v>
+      </c>
+      <c r="C86" t="s">
+        <v>454</v>
+      </c>
+      <c r="D86" t="s">
+        <v>461</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>64</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>455</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>462</v>
+      </c>
+      <c r="M86" t="s">
+        <v>457</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>463</v>
+      </c>
+      <c r="P86" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>465</v>
+      </c>
+      <c r="B87" t="s">
+        <v>466</v>
+      </c>
+      <c r="C87" t="s">
+        <v>467</v>
+      </c>
+      <c r="D87" t="s">
+        <v>468</v>
+      </c>
+      <c r="E87" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" t="s">
+        <v>390</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87">
+        <v>2021</v>
+      </c>
+      <c r="J87" t="s">
+        <v>161</v>
+      </c>
+      <c r="K87" t="s">
+        <v>469</v>
+      </c>
+      <c r="L87" t="s">
+        <v>470</v>
+      </c>
+      <c r="M87" t="s">
+        <v>471</v>
+      </c>
+      <c r="N87" t="s">
+        <v>131</v>
+      </c>
+      <c r="O87" t="s">
+        <v>472</v>
+      </c>
+      <c r="P87" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>474</v>
+      </c>
+      <c r="B88" t="s">
+        <v>475</v>
+      </c>
+      <c r="C88" t="s">
+        <v>476</v>
+      </c>
+      <c r="D88" t="s">
+        <v>95</v>
+      </c>
+      <c r="E88" t="s">
+        <v>33</v>
+      </c>
+      <c r="F88" t="s">
         <v>43</v>
       </c>
-      <c r="L55" t="s">
-[...13 lines deleted...]
-      <c r="B56" t="s">
+      <c r="G88" t="s">
+        <v>64</v>
+      </c>
+      <c r="H88">
+        <v>2011</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>477</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>478</v>
+      </c>
+      <c r="M88" t="s">
+        <v>479</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>480</v>
+      </c>
+      <c r="P88" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>482</v>
+      </c>
+      <c r="B89" t="s">
+        <v>483</v>
+      </c>
+      <c r="C89" t="s">
+        <v>484</v>
+      </c>
+      <c r="D89" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>64</v>
+      </c>
+      <c r="H89">
+        <v>2011</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
         <v>35</v>
       </c>
-      <c r="C56" t="s">
-[...8 lines deleted...]
-      <c r="F56" t="s">
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>485</v>
+      </c>
+      <c r="M89" t="s">
+        <v>486</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>487</v>
+      </c>
+      <c r="P89" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>489</v>
+      </c>
+      <c r="B90" t="s">
+        <v>490</v>
+      </c>
+      <c r="C90" t="s">
+        <v>484</v>
+      </c>
+      <c r="D90" t="s">
+        <v>51</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>64</v>
+      </c>
+      <c r="H90">
+        <v>2014</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>35</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>491</v>
+      </c>
+      <c r="M90" t="s">
+        <v>486</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>492</v>
+      </c>
+      <c r="P90" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>494</v>
+      </c>
+      <c r="B91" t="s">
+        <v>495</v>
+      </c>
+      <c r="C91" t="s">
+        <v>496</v>
+      </c>
+      <c r="D91" t="s">
+        <v>497</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2008</v>
+      </c>
+      <c r="I91">
+        <v>2009</v>
+      </c>
+      <c r="J91" t="s">
+        <v>477</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>498</v>
+      </c>
+      <c r="M91" t="s">
+        <v>499</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>500</v>
+      </c>
+      <c r="P91" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>502</v>
+      </c>
+      <c r="B92" t="s">
+        <v>503</v>
+      </c>
+      <c r="C92" t="s">
+        <v>504</v>
+      </c>
+      <c r="D92" t="s">
+        <v>95</v>
+      </c>
+      <c r="E92" t="s">
+        <v>33</v>
+      </c>
+      <c r="F92" t="s">
+        <v>34</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>35</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>218</v>
+      </c>
+      <c r="M92" t="s">
+        <v>505</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>506</v>
+      </c>
+      <c r="P92" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>508</v>
+      </c>
+      <c r="B93" t="s">
+        <v>509</v>
+      </c>
+      <c r="C93" t="s">
+        <v>510</v>
+      </c>
+      <c r="D93" t="s">
+        <v>511</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>512</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>35</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>513</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>514</v>
+      </c>
+      <c r="P93" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>516</v>
+      </c>
+      <c r="B94" t="s">
+        <v>516</v>
+      </c>
+      <c r="C94" t="s">
+        <v>517</v>
+      </c>
+      <c r="D94" t="s">
         <v>19</v>
       </c>
-      <c r="G56">
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>390</v>
+      </c>
+      <c r="G94" t="s">
+        <v>64</v>
+      </c>
+      <c r="H94">
+        <v>2018</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>161</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>518</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>519</v>
+      </c>
+      <c r="P94" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>521</v>
+      </c>
+      <c r="B95" t="s">
+        <v>522</v>
+      </c>
+      <c r="C95" t="s">
+        <v>496</v>
+      </c>
+      <c r="D95" t="s">
+        <v>95</v>
+      </c>
+      <c r="E95" t="s">
+        <v>33</v>
+      </c>
+      <c r="F95" t="s">
+        <v>390</v>
+      </c>
+      <c r="G95" t="s">
+        <v>64</v>
+      </c>
+      <c r="H95">
+        <v>2014</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>477</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>523</v>
+      </c>
+      <c r="M95" t="s">
+        <v>524</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>525</v>
+      </c>
+      <c r="P95" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>527</v>
+      </c>
+      <c r="B96" t="s">
+        <v>528</v>
+      </c>
+      <c r="C96" t="s">
+        <v>151</v>
+      </c>
+      <c r="D96" t="s">
+        <v>19</v>
+      </c>
+      <c r="E96" t="s">
+        <v>33</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2017</v>
+      </c>
+      <c r="I96">
+        <v>2021</v>
+      </c>
+      <c r="J96" t="s">
+        <v>154</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>529</v>
+      </c>
+      <c r="M96" t="s">
+        <v>155</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>530</v>
+      </c>
+      <c r="P96" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>532</v>
+      </c>
+      <c r="B97" t="s">
+        <v>533</v>
+      </c>
+      <c r="C97" t="s">
+        <v>151</v>
+      </c>
+      <c r="D97" t="s">
+        <v>19</v>
+      </c>
+      <c r="E97" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" t="s">
+        <v>34</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2017</v>
+      </c>
+      <c r="I97">
+        <v>2021</v>
+      </c>
+      <c r="J97" t="s">
+        <v>154</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>529</v>
+      </c>
+      <c r="M97" t="s">
+        <v>155</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>534</v>
+      </c>
+      <c r="P97" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>536</v>
+      </c>
+      <c r="B98" t="s">
+        <v>537</v>
+      </c>
+      <c r="C98" t="s">
+        <v>151</v>
+      </c>
+      <c r="D98" t="s">
+        <v>51</v>
+      </c>
+      <c r="E98" t="s">
+        <v>33</v>
+      </c>
+      <c r="F98" t="s">
+        <v>34</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2012</v>
       </c>
-      <c r="H56">
-[...5 lines deleted...]
-      <c r="J56" t="s">
+      <c r="I98">
+        <v>2015</v>
+      </c>
+      <c r="J98" t="s">
+        <v>154</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>491</v>
+      </c>
+      <c r="M98" t="s">
+        <v>155</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>538</v>
+      </c>
+      <c r="P98" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>540</v>
+      </c>
+      <c r="B99" t="s">
+        <v>541</v>
+      </c>
+      <c r="C99" t="s">
+        <v>151</v>
+      </c>
+      <c r="D99" t="s">
+        <v>51</v>
+      </c>
+      <c r="E99" t="s">
+        <v>33</v>
+      </c>
+      <c r="F99" t="s">
+        <v>34</v>
+      </c>
+      <c r="G99" t="s">
+        <v>64</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>154</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>491</v>
+      </c>
+      <c r="M99" t="s">
+        <v>155</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>542</v>
+      </c>
+      <c r="P99" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>544</v>
+      </c>
+      <c r="B100" t="s">
+        <v>545</v>
+      </c>
+      <c r="C100" t="s">
+        <v>418</v>
+      </c>
+      <c r="D100" t="s">
+        <v>19</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...28 lines deleted...]
-      <c r="F57" t="s">
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1997</v>
+      </c>
+      <c r="I100">
+        <v>2015</v>
+      </c>
+      <c r="J100" t="s">
+        <v>546</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>547</v>
+      </c>
+      <c r="M100" t="s">
+        <v>548</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>549</v>
+      </c>
+      <c r="P100" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>551</v>
+      </c>
+      <c r="B101" t="s">
+        <v>552</v>
+      </c>
+      <c r="C101" t="s">
+        <v>418</v>
+      </c>
+      <c r="D101" t="s">
         <v>51</v>
       </c>
-      <c r="G57">
-[...6 lines deleted...]
-      <c r="J57" t="s">
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
         <v>21</v>
       </c>
-      <c r="K57"/>
-[...26 lines deleted...]
-      <c r="F58" t="s">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2003</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>553</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>554</v>
+      </c>
+      <c r="M101" t="s">
+        <v>548</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>555</v>
+      </c>
+      <c r="P101" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>557</v>
+      </c>
+      <c r="B102" t="s">
+        <v>558</v>
+      </c>
+      <c r="C102" t="s">
+        <v>418</v>
+      </c>
+      <c r="D102" t="s">
+        <v>51</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>64</v>
+      </c>
+      <c r="H102">
+        <v>2018</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>553</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>559</v>
+      </c>
+      <c r="M102" t="s">
+        <v>548</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>560</v>
+      </c>
+      <c r="P102" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>562</v>
+      </c>
+      <c r="B103" t="s">
+        <v>563</v>
+      </c>
+      <c r="C103" t="s">
+        <v>418</v>
+      </c>
+      <c r="D103" t="s">
+        <v>51</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>64</v>
+      </c>
+      <c r="H103">
+        <v>2018</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>553</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>564</v>
+      </c>
+      <c r="M103" t="s">
+        <v>548</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>565</v>
+      </c>
+      <c r="P103" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>567</v>
+      </c>
+      <c r="B104" t="s">
+        <v>568</v>
+      </c>
+      <c r="C104" t="s">
+        <v>569</v>
+      </c>
+      <c r="D104" t="s">
         <v>19</v>
       </c>
-      <c r="G58">
-[...8 lines deleted...]
-      <c r="J58" t="s">
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K58"/>
-[...26 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2004</v>
+      </c>
+      <c r="I104">
+        <v>2020</v>
+      </c>
+      <c r="J104" t="s">
+        <v>570</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>343</v>
+      </c>
+      <c r="M104" t="s">
+        <v>571</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>572</v>
+      </c>
+      <c r="P104" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>574</v>
+      </c>
+      <c r="B105" t="s">
+        <v>575</v>
+      </c>
+      <c r="C105" t="s">
+        <v>569</v>
+      </c>
+      <c r="D105" t="s">
         <v>51</v>
       </c>
-      <c r="G59">
-[...6 lines deleted...]
-      <c r="J59" t="s">
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
         <v>21</v>
       </c>
-      <c r="K59"/>
-[...26 lines deleted...]
-      <c r="F60" t="s">
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2006</v>
+      </c>
+      <c r="I105">
+        <v>2020</v>
+      </c>
+      <c r="J105" t="s">
+        <v>546</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>343</v>
+      </c>
+      <c r="M105" t="s">
+        <v>571</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>576</v>
+      </c>
+      <c r="P105" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>578</v>
+      </c>
+      <c r="B106" t="s">
+        <v>579</v>
+      </c>
+      <c r="C106" t="s">
+        <v>569</v>
+      </c>
+      <c r="D106" t="s">
         <v>51</v>
       </c>
-      <c r="G60">
-[...6 lines deleted...]
-      <c r="J60" t="s">
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K60"/>
-[...26 lines deleted...]
-      <c r="F61" t="s">
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2001</v>
+      </c>
+      <c r="I106">
+        <v>2020</v>
+      </c>
+      <c r="J106" t="s">
+        <v>546</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>343</v>
+      </c>
+      <c r="M106" t="s">
+        <v>571</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>580</v>
+      </c>
+      <c r="P106" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>582</v>
+      </c>
+      <c r="B107" t="s">
+        <v>583</v>
+      </c>
+      <c r="C107" t="s">
+        <v>569</v>
+      </c>
+      <c r="D107" t="s">
         <v>51</v>
       </c>
-      <c r="G61">
-[...6 lines deleted...]
-      <c r="J61" t="s">
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>21</v>
       </c>
-      <c r="K61"/>
-[...26 lines deleted...]
-      <c r="F62" t="s">
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2000</v>
+      </c>
+      <c r="I107">
+        <v>2020</v>
+      </c>
+      <c r="J107" t="s">
+        <v>546</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>343</v>
+      </c>
+      <c r="M107" t="s">
+        <v>571</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>584</v>
+      </c>
+      <c r="P107" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>586</v>
+      </c>
+      <c r="B108" t="s">
+        <v>587</v>
+      </c>
+      <c r="C108" t="s">
+        <v>569</v>
+      </c>
+      <c r="D108" t="s">
         <v>51</v>
       </c>
-      <c r="G62">
-[...6 lines deleted...]
-      <c r="J62" t="s">
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
         <v>21</v>
       </c>
-      <c r="K62"/>
-[...76 lines deleted...]
-      <c r="H64">
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108">
+        <v>2020</v>
+      </c>
+      <c r="J108" t="s">
+        <v>546</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>343</v>
+      </c>
+      <c r="M108" t="s">
+        <v>571</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>588</v>
+      </c>
+      <c r="P108" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>590</v>
+      </c>
+      <c r="B109" t="s">
+        <v>591</v>
+      </c>
+      <c r="C109" t="s">
+        <v>592</v>
+      </c>
+      <c r="D109" t="s">
+        <v>107</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>34</v>
+      </c>
+      <c r="G109" t="s">
+        <v>64</v>
+      </c>
+      <c r="H109">
+        <v>2021</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>336</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>593</v>
+      </c>
+      <c r="M109" t="s">
+        <v>594</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>595</v>
+      </c>
+      <c r="P109"/>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>596</v>
+      </c>
+      <c r="B110" t="s">
+        <v>597</v>
+      </c>
+      <c r="C110" t="s">
+        <v>62</v>
+      </c>
+      <c r="D110" t="s">
+        <v>51</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>64</v>
+      </c>
+      <c r="H110">
         <v>2013</v>
       </c>
-      <c r="I64" t="s">
-[...1953 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K110"/>
+        <v>57</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
       <c r="L110"/>
-      <c r="M110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M110"/>
       <c r="N110" t="s">
-        <v>395</v>
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>598</v>
+      </c>
+      <c r="P110" t="s">
+        <v>599</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>