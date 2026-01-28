--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -860,50 +860,53 @@
     <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
   </si>
   <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
@@ -3235,326 +3238,326 @@
       </c>
       <c r="P39" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>275</v>
       </c>
       <c r="B40" t="s">
         <v>276</v>
       </c>
       <c r="C40" t="s">
         <v>227</v>
       </c>
       <c r="D40" t="s">
         <v>277</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>128</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>278</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
       <c r="I40">
         <v>2007</v>
       </c>
       <c r="J40" t="s">
         <v>171</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="M40" t="s">
         <v>232</v>
       </c>
       <c r="N40" t="s">
         <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C41" t="s">
         <v>91</v>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41">
         <v>2021</v>
       </c>
       <c r="J41" t="s">
         <v>94</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M41" t="s">
         <v>95</v>
       </c>
       <c r="N41" t="s">
         <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42">
         <v>2021</v>
       </c>
       <c r="J42" t="s">
         <v>94</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M42" t="s">
         <v>95</v>
       </c>
       <c r="N42" t="s">
         <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C43" t="s">
         <v>218</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>34</v>
       </c>
       <c r="F43" t="s">
         <v>35</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>1997</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N43" t="s">
         <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>34</v>
       </c>
       <c r="F44" t="s">
         <v>35</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2004</v>
       </c>
       <c r="I44">
         <v>2020</v>
       </c>
       <c r="J44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>182</v>
       </c>
       <c r="M44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N44" t="s">
         <v>38</v>
       </c>
       <c r="O44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>34</v>
       </c>
       <c r="F45" t="s">
         <v>53</v>
       </c>
       <c r="G45" t="s">
         <v>62</v>
       </c>
       <c r="H45">
         <v>2006</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>142</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N45" t="s">
         <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P45" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">