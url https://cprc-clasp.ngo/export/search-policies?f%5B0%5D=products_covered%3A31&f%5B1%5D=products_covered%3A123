--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,956 +12,1315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1225,2629 +1584,2990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>116</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1994</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>84</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>150</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>162</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>164</v>
+      </c>
+      <c r="M22" t="s">
+        <v>55</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>115</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>163</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>169</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>84</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>175</v>
+      </c>
+      <c r="M24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>180</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>1989</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>84</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>1987</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>84</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>115</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>191</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
+      <c r="J27" t="s">
+        <v>192</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
+        <v>194</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>199</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1999</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>117</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>201</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>131</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>206</v>
+      </c>
+      <c r="M29" t="s">
+        <v>133</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>131</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>133</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>131</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>131</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>133</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>131</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>215</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>190</v>
+      </c>
+      <c r="D34" t="s">
+        <v>115</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>191</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>108</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>228</v>
+      </c>
+      <c r="M34" t="s">
+        <v>194</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>229</v>
+      </c>
+      <c r="P34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" t="s">
+        <v>233</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>191</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>2023</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>94</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>234</v>
+      </c>
+      <c r="M35" t="s">
+        <v>102</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
+        <v>238</v>
+      </c>
+      <c r="C36" t="s">
+        <v>239</v>
+      </c>
+      <c r="D36" t="s">
+        <v>142</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>240</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>241</v>
+      </c>
+      <c r="M36" t="s">
+        <v>242</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>245</v>
+      </c>
+      <c r="B37" t="s">
+        <v>246</v>
+      </c>
+      <c r="C37" t="s">
+        <v>247</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>84</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>248</v>
+      </c>
+      <c r="M37" t="s">
+        <v>249</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>253</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>45</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>254</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>255</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>256</v>
+      </c>
+      <c r="P38" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>258</v>
+      </c>
+      <c r="B39" t="s">
+        <v>259</v>
+      </c>
+      <c r="C39" t="s">
+        <v>253</v>
+      </c>
+      <c r="D39" t="s">
+        <v>233</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>254</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>255</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>263</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>131</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>264</v>
+      </c>
+      <c r="M40" t="s">
+        <v>265</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>141</v>
+      </c>
+      <c r="C41" t="s">
+        <v>123</v>
+      </c>
+      <c r="D41" t="s">
+        <v>142</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>143</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>144</v>
+      </c>
+      <c r="M41" t="s">
+        <v>125</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>142</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>191</v>
+      </c>
+      <c r="G42" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>273</v>
+      </c>
+      <c r="M42" t="s">
+        <v>274</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>275</v>
+      </c>
+      <c r="P42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>277</v>
+      </c>
+      <c r="B43" t="s">
+        <v>278</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>279</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>191</v>
+      </c>
+      <c r="G43" t="s">
+        <v>45</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>35</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>280</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>281</v>
+      </c>
+      <c r="P43" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>283</v>
+      </c>
+      <c r="B44" t="s">
+        <v>284</v>
+      </c>
+      <c r="C44" t="s">
+        <v>285</v>
+      </c>
+      <c r="D44" t="s">
+        <v>286</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>287</v>
+      </c>
+      <c r="G44" t="s">
+        <v>45</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>288</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>289</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>290</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>292</v>
+      </c>
+      <c r="B45" t="s">
+        <v>293</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>294</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>287</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>288</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>289</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>295</v>
+      </c>
+      <c r="P45" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>297</v>
+      </c>
+      <c r="B46" t="s">
+        <v>298</v>
+      </c>
+      <c r="C46" t="s">
+        <v>285</v>
+      </c>
+      <c r="D46" t="s">
+        <v>115</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>287</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>288</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>289</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>299</v>
+      </c>
+      <c r="P46" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>301</v>
+      </c>
+      <c r="B47" t="s">
+        <v>302</v>
+      </c>
+      <c r="C47" t="s">
+        <v>303</v>
+      </c>
+      <c r="D47" t="s">
+        <v>304</v>
+      </c>
+      <c r="E47" t="s">
+        <v>305</v>
+      </c>
+      <c r="F47" t="s">
+        <v>306</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2023</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>94</v>
+      </c>
+      <c r="K47" t="s">
+        <v>307</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N47" t="s">
+        <v>309</v>
+      </c>
+      <c r="O47" t="s">
+        <v>310</v>
+      </c>
+      <c r="P47" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>312</v>
+      </c>
+      <c r="B48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C48" t="s">
+        <v>313</v>
+      </c>
+      <c r="D48" t="s">
+        <v>314</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>315</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>316</v>
+      </c>
+      <c r="M48" t="s">
+        <v>317</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>318</v>
+      </c>
+      <c r="P48" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>320</v>
+      </c>
+      <c r="B49" t="s">
+        <v>321</v>
+      </c>
+      <c r="C49" t="s">
+        <v>322</v>
+      </c>
+      <c r="D49" t="s">
+        <v>323</v>
+      </c>
+      <c r="E49" t="s">
+        <v>305</v>
+      </c>
+      <c r="F49" t="s">
+        <v>191</v>
+      </c>
+      <c r="G49" t="s">
+        <v>116</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>324</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>325</v>
+      </c>
+      <c r="P49" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>327</v>
+      </c>
+      <c r="B50" t="s">
+        <v>328</v>
+      </c>
+      <c r="C50" t="s">
+        <v>239</v>
+      </c>
+      <c r="D50" t="s">
+        <v>115</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1997</v>
+      </c>
+      <c r="I50">
+        <v>2011</v>
+      </c>
+      <c r="J50" t="s">
+        <v>240</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>329</v>
+      </c>
+      <c r="M50" t="s">
+        <v>330</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>333</v>
+      </c>
+      <c r="B51" t="s">
+        <v>334</v>
+      </c>
+      <c r="C51" t="s">
+        <v>335</v>
+      </c>
+      <c r="D51" t="s">
+        <v>336</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>191</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>108</v>
+      </c>
+      <c r="K51" t="s">
+        <v>337</v>
+      </c>
+      <c r="L51" t="s">
+        <v>338</v>
+      </c>
+      <c r="M51" t="s">
+        <v>339</v>
+      </c>
+      <c r="N51" t="s">
+        <v>309</v>
+      </c>
+      <c r="O51" t="s">
+        <v>340</v>
+      </c>
+      <c r="P51" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>342</v>
+      </c>
+      <c r="B52" t="s">
+        <v>343</v>
+      </c>
+      <c r="C52" t="s">
+        <v>344</v>
+      </c>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>45</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>345</v>
+      </c>
+      <c r="M52" t="s">
+        <v>346</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>347</v>
+      </c>
+      <c r="P52" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>349</v>
+      </c>
+      <c r="B53" t="s">
+        <v>349</v>
+      </c>
+      <c r="C53" t="s">
+        <v>350</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>191</v>
+      </c>
+      <c r="G53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>108</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>351</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>352</v>
+      </c>
+      <c r="P53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>354</v>
+      </c>
+      <c r="B54" t="s">
+        <v>355</v>
+      </c>
+      <c r="C54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>94</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>356</v>
+      </c>
+      <c r="M54" t="s">
+        <v>95</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>357</v>
+      </c>
+      <c r="P54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>94</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>356</v>
+      </c>
+      <c r="M55" t="s">
+        <v>95</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>361</v>
+      </c>
+      <c r="P55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>363</v>
+      </c>
+      <c r="B56" t="s">
+        <v>364</v>
+      </c>
+      <c r="C56" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" t="s">
+        <v>115</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>191</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2007</v>
+      </c>
+      <c r="I56">
+        <v>2020</v>
+      </c>
+      <c r="J56" t="s">
+        <v>94</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>365</v>
+      </c>
+      <c r="M56" t="s">
+        <v>95</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>366</v>
+      </c>
+      <c r="P56" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>368</v>
+      </c>
+      <c r="B57" t="s">
+        <v>369</v>
+      </c>
+      <c r="C57" t="s">
+        <v>285</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...38 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1997</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>370</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>371</v>
+      </c>
+      <c r="M57" t="s">
+        <v>372</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>373</v>
+      </c>
+      <c r="P57" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>375</v>
+      </c>
+      <c r="B58" t="s">
+        <v>376</v>
+      </c>
+      <c r="C58" t="s">
+        <v>285</v>
+      </c>
+      <c r="D58" t="s">
+        <v>377</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...26 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>378</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>379</v>
+      </c>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>380</v>
+      </c>
+      <c r="P58" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>382</v>
+      </c>
+      <c r="B59" t="s">
+        <v>383</v>
+      </c>
+      <c r="C59" t="s">
+        <v>285</v>
+      </c>
+      <c r="D59" t="s">
+        <v>377</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>44</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2001</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>117</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>384</v>
+      </c>
+      <c r="M59" t="s">
+        <v>385</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>386</v>
+      </c>
+      <c r="P59" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>388</v>
+      </c>
+      <c r="B60" t="s">
+        <v>389</v>
+      </c>
+      <c r="C60" t="s">
+        <v>390</v>
+      </c>
+      <c r="D60" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...8 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2004</v>
+      </c>
+      <c r="I60">
+        <v>2020</v>
+      </c>
+      <c r="J60" t="s">
         <v>46</v>
       </c>
-      <c r="M5" t="s">
-[...1636 lines deleted...]
-      <c r="N44" t="s">
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
         <v>206</v>
       </c>
-    </row>
-[...666 lines deleted...]
-      </c>
       <c r="M60" t="s">
-        <v>23</v>
+        <v>391</v>
       </c>
       <c r="N60" t="s">
-        <v>277</v>
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>393</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>