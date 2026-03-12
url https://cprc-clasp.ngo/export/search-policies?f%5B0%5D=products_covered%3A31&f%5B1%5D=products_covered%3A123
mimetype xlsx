--- v1 (2025-11-29)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -588,76 +588,76 @@
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
     <t>http://internet-law.ru/gosts/gost/19657/</t>
   </si>
   <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
     <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/19749/</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
     <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
                 (a)    a direct connection; or
                (b)    an external power supply permanently connected to the product; or
                 (c)    an external power supply that can be disconnected from the product.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
@@ -713,50 +713,53 @@
     <t>This standard is applicable to notebook|portable computers and tablet computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
   </si>
   <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
     <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
@@ -3218,1320 +3221,1320 @@
       </c>
       <c r="P33" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>226</v>
       </c>
       <c r="B34" t="s">
         <v>227</v>
       </c>
       <c r="C34" t="s">
         <v>190</v>
       </c>
       <c r="D34" t="s">
         <v>115</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
         <v>191</v>
       </c>
       <c r="G34" t="s">
-        <v>45</v>
+        <v>228</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>108</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M34" t="s">
         <v>194</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
         <v>191</v>
       </c>
       <c r="G35" t="s">
         <v>45</v>
       </c>
       <c r="H35">
         <v>2023</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>94</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M35" t="s">
         <v>102</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D36" t="s">
         <v>142</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
         <v>44</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2008</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>84</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P37"/>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>45</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P38" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>45</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>33</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>45</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>131</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
         <v>141</v>
       </c>
       <c r="C41" t="s">
         <v>123</v>
       </c>
       <c r="D41" t="s">
         <v>142</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>45</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>143</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>144</v>
       </c>
       <c r="M41" t="s">
         <v>125</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P41" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D42" t="s">
         <v>142</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
         <v>191</v>
       </c>
       <c r="G42" t="s">
         <v>45</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>35</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M42" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C43" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D43" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E43" t="s">
         <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>191</v>
       </c>
       <c r="G43" t="s">
         <v>45</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>35</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P43" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G44" t="s">
         <v>45</v>
       </c>
       <c r="H44">
         <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B45" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G45" t="s">
         <v>45</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D46" t="s">
         <v>115</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G46" t="s">
         <v>45</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B47" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G47" t="s">
         <v>45</v>
       </c>
       <c r="H47">
         <v>2023</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>94</v>
       </c>
       <c r="K47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="N47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="O47" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P47" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>45</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F49" t="s">
         <v>191</v>
       </c>
       <c r="G49" t="s">
         <v>116</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C50" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D50" t="s">
         <v>115</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>1997</v>
       </c>
       <c r="I50">
         <v>2011</v>
       </c>
       <c r="J50" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E51" t="s">
         <v>33</v>
       </c>
       <c r="F51" t="s">
         <v>191</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
         <v>108</v>
       </c>
       <c r="K51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="L51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="O51" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C52" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D52" t="s">
         <v>19</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>45</v>
       </c>
       <c r="H52">
         <v>2011</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>35</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M52" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P52" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D53" t="s">
         <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>191</v>
       </c>
       <c r="G53" t="s">
         <v>45</v>
       </c>
       <c r="H53">
         <v>2018</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>108</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P53" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C54" t="s">
         <v>91</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>33</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54">
         <v>2021</v>
       </c>
       <c r="J54" t="s">
         <v>94</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="M54" t="s">
         <v>95</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C55" t="s">
         <v>91</v>
       </c>
       <c r="D55" t="s">
         <v>19</v>
       </c>
       <c r="E55" t="s">
         <v>33</v>
       </c>
       <c r="F55" t="s">
         <v>34</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
         <v>94</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="M55" t="s">
         <v>95</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B56" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C56" t="s">
         <v>91</v>
       </c>
       <c r="D56" t="s">
         <v>115</v>
       </c>
       <c r="E56" t="s">
         <v>33</v>
       </c>
       <c r="F56" t="s">
         <v>191</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2007</v>
       </c>
       <c r="I56">
         <v>2020</v>
       </c>
       <c r="J56" t="s">
         <v>94</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M56" t="s">
         <v>95</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B57" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C57" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1997</v>
       </c>
       <c r="I57">
         <v>2015</v>
       </c>
       <c r="J57" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M57" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C58" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D58" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>45</v>
       </c>
       <c r="H58">
         <v>2011</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B59" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C59" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>44</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2001</v>
       </c>
       <c r="I59">
         <v>2019</v>
       </c>
       <c r="J59" t="s">
         <v>117</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B60" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C60" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2004</v>
       </c>
       <c r="I60">
         <v>2020</v>
       </c>
       <c r="J60" t="s">
         <v>46</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>206</v>
       </c>
       <c r="M60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">