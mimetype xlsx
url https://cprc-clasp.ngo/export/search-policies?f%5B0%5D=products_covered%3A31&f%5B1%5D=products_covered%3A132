--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -12,801 +12,1089 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1070,2141 +1358,2432 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1979</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>93</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>66</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>93</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>66</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>62</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>140</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K18" t="s">
+        <v>64</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>66</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1994</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>147</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>53</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>63</v>
+      </c>
+      <c r="K21" t="s">
+        <v>64</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>160</v>
+      </c>
+      <c r="N21" t="s">
+        <v>66</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>61</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
+        <v>64</v>
+      </c>
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>66</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>86</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>171</v>
+      </c>
+      <c r="M23" t="s">
+        <v>56</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24">
+        <v>1989</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>86</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25">
+        <v>1987</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>86</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>186</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1999</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>187</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>127</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2000</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>128</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>194</v>
+      </c>
+      <c r="M27" t="s">
+        <v>130</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>128</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>130</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>199</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>201</v>
+      </c>
+      <c r="B29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C29" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>128</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>203</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>204</v>
+      </c>
+      <c r="P29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>206</v>
+      </c>
+      <c r="B30" t="s">
+        <v>207</v>
+      </c>
+      <c r="C30" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>128</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>130</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>128</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>203</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>216</v>
+      </c>
+      <c r="D32" t="s">
+        <v>140</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>217</v>
+      </c>
+      <c r="G32" t="s">
+        <v>218</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>86</v>
+      </c>
+      <c r="K32" t="s">
+        <v>64</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>219</v>
+      </c>
+      <c r="N32" t="s">
+        <v>66</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>120</v>
+      </c>
+      <c r="D33" t="s">
+        <v>61</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>114</v>
+      </c>
+      <c r="K33" t="s">
+        <v>64</v>
+      </c>
+      <c r="L33" t="s">
+        <v>224</v>
+      </c>
+      <c r="M33" t="s">
+        <v>225</v>
+      </c>
+      <c r="N33" t="s">
+        <v>66</v>
+      </c>
+      <c r="O33" t="s">
+        <v>226</v>
+      </c>
+      <c r="P33" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B34" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" t="s">
+        <v>230</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>62</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>231</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>237</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>62</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>128</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>238</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>244</v>
+      </c>
+      <c r="D36" t="s">
+        <v>245</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>246</v>
+      </c>
+      <c r="G36" t="s">
+        <v>62</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>247</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>248</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>249</v>
+      </c>
+      <c r="P36" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>251</v>
+      </c>
+      <c r="B37" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>252</v>
+      </c>
+      <c r="D37" t="s">
+        <v>253</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
+        <v>62</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>254</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>256</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>259</v>
+      </c>
+      <c r="B38" t="s">
+        <v>260</v>
+      </c>
+      <c r="C38" t="s">
+        <v>139</v>
+      </c>
+      <c r="D38" t="s">
+        <v>261</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>217</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>114</v>
+      </c>
+      <c r="K38" t="s">
+        <v>262</v>
+      </c>
+      <c r="L38" t="s">
+        <v>263</v>
+      </c>
+      <c r="M38" t="s">
+        <v>264</v>
+      </c>
+      <c r="N38" t="s">
+        <v>265</v>
+      </c>
+      <c r="O38" t="s">
+        <v>266</v>
+      </c>
+      <c r="P38" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>268</v>
+      </c>
+      <c r="B39" t="s">
+        <v>269</v>
+      </c>
+      <c r="C39" t="s">
+        <v>216</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" t="s">
+        <v>62</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>45</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>270</v>
+      </c>
+      <c r="M39" t="s">
+        <v>271</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>272</v>
+      </c>
+      <c r="P39" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>275</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>217</v>
+      </c>
+      <c r="G40" t="s">
+        <v>62</v>
+      </c>
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>114</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>276</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>277</v>
+      </c>
+      <c r="P40" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>279</v>
+      </c>
+      <c r="B41" t="s">
+        <v>280</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>107</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>281</v>
+      </c>
+      <c r="M41" t="s">
+        <v>108</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>282</v>
+      </c>
+      <c r="P41" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>284</v>
+      </c>
+      <c r="B42" t="s">
+        <v>285</v>
+      </c>
+      <c r="C42" t="s">
+        <v>104</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>107</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>281</v>
+      </c>
+      <c r="M42" t="s">
+        <v>108</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>286</v>
+      </c>
+      <c r="P42" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>288</v>
+      </c>
+      <c r="B43" t="s">
+        <v>289</v>
+      </c>
+      <c r="C43" t="s">
+        <v>244</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1997</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>290</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>291</v>
+      </c>
+      <c r="M43" t="s">
+        <v>292</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>293</v>
+      </c>
+      <c r="P43" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>295</v>
+      </c>
+      <c r="B44" t="s">
+        <v>296</v>
+      </c>
+      <c r="C44" t="s">
+        <v>297</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2004</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>298</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44" t="s">
+        <v>194</v>
+      </c>
+      <c r="M44" t="s">
+        <v>299</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>300</v>
+      </c>
+      <c r="P44" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>302</v>
+      </c>
+      <c r="B45" t="s">
+        <v>303</v>
+      </c>
+      <c r="C45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" t="s">
+        <v>304</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
+        <v>62</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>63</v>
+      </c>
+      <c r="K45" t="s">
+        <v>64</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>88</v>
+      </c>
+      <c r="N45" t="s">
+        <v>66</v>
+      </c>
+      <c r="O45" t="s">
+        <v>305</v>
+      </c>
+      <c r="P45" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>307</v>
+      </c>
+      <c r="B46" t="s">
+        <v>308</v>
+      </c>
+      <c r="C46" t="s">
+        <v>186</v>
+      </c>
+      <c r="D46" t="s">
+        <v>309</v>
+      </c>
+      <c r="E46" t="s">
+        <v>34</v>
+      </c>
+      <c r="F46" t="s">
+        <v>53</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>114</v>
+      </c>
+      <c r="K46" t="s">
+        <v>64</v>
+      </c>
+      <c r="L46" t="s">
+        <v>310</v>
+      </c>
+      <c r="M46" t="s">
+        <v>311</v>
+      </c>
+      <c r="N46" t="s">
+        <v>66</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>216</v>
+      </c>
+      <c r="D47" t="s">
+        <v>316</v>
+      </c>
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>35</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>86</v>
+      </c>
+      <c r="K47" t="s">
+        <v>64</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>317</v>
+      </c>
+      <c r="N47" t="s">
+        <v>66</v>
+      </c>
+      <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>320</v>
+      </c>
+      <c r="B48" t="s">
+        <v>321</v>
+      </c>
+      <c r="C48" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D48" t="s">
+        <v>61</v>
+      </c>
+      <c r="E48" t="s">
+        <v>34</v>
+      </c>
+      <c r="F48" t="s">
+        <v>322</v>
+      </c>
+      <c r="G48" t="s">
         <v>22</v>
-      </c>
-[...1932 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
-      <c r="I48" t="s">
-        <v>87</v>
+      <c r="I48">
+        <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="K48" t="s">
-        <v>230</v>
+        <v>64</v>
       </c>
       <c r="L48" t="s">
-        <v>231</v>
+        <v>323</v>
       </c>
       <c r="M48" t="s">
-        <v>55</v>
+        <v>324</v>
       </c>
       <c r="N48" t="s">
-        <v>232</v>
+        <v>66</v>
+      </c>
+      <c r="O48" t="s">
+        <v>325</v>
+      </c>
+      <c r="P48" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>