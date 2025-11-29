--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,795 +12,1089 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1064,2165 +1358,2458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>1979</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>112</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>133</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>45</v>
+      </c>
+      <c r="K21" t="s">
+        <v>153</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1994</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>101</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2004</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>166</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>56</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>134</v>
+      </c>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>101</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>65</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26">
+        <v>1989</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>101</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>183</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>1987</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>101</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1999</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>194</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>139</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>140</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>201</v>
+      </c>
+      <c r="M29" t="s">
+        <v>142</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>139</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>140</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>142</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>140</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>201</v>
+      </c>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>140</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>142</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>140</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>210</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>223</v>
+      </c>
+      <c r="D34" t="s">
+        <v>92</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>101</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>225</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>229</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35">
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>230</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36">
+        <v>2024</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>239</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>56</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>57</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>248</v>
+      </c>
+      <c r="D38" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>140</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>250</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>236</v>
+      </c>
+      <c r="D39" t="s">
+        <v>237</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>255</v>
+      </c>
+      <c r="H39">
+        <v>2024</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>238</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>239</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>261</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>262</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>263</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>264</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>267</v>
+      </c>
+      <c r="C41" t="s">
+        <v>268</v>
+      </c>
+      <c r="D41" t="s">
+        <v>269</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>270</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>271</v>
+      </c>
+      <c r="M41" t="s">
+        <v>272</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>277</v>
+      </c>
+      <c r="D42" t="s">
+        <v>278</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>133</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>118</v>
+      </c>
+      <c r="K42" t="s">
+        <v>279</v>
+      </c>
+      <c r="L42" t="s">
+        <v>280</v>
+      </c>
+      <c r="M42" t="s">
+        <v>281</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>282</v>
+      </c>
+      <c r="P42" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>284</v>
+      </c>
+      <c r="B43" t="s">
+        <v>285</v>
+      </c>
+      <c r="C43" t="s">
+        <v>286</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>55</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>287</v>
+      </c>
+      <c r="M43" t="s">
+        <v>288</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" t="s">
+        <v>292</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>133</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>118</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>293</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>294</v>
+      </c>
+      <c r="P44" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>296</v>
+      </c>
+      <c r="B45" t="s">
+        <v>297</v>
+      </c>
+      <c r="C45" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>111</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>298</v>
+      </c>
+      <c r="M45" t="s">
+        <v>112</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" t="s">
+        <v>108</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2017</v>
+      </c>
+      <c r="I46">
+        <v>2021</v>
+      </c>
+      <c r="J46" t="s">
+        <v>111</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>298</v>
+      </c>
+      <c r="M46" t="s">
+        <v>112</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>260</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>35</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1997</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...41 lines deleted...]
-      <c r="M3" t="s">
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>307</v>
+      </c>
+      <c r="M47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>311</v>
+      </c>
+      <c r="B48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C48" t="s">
+        <v>313</v>
+      </c>
+      <c r="D48" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E48" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F48" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...113 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2004</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>314</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>201</v>
+      </c>
+      <c r="M48" t="s">
+        <v>315</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>316</v>
+      </c>
+      <c r="P48" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>318</v>
+      </c>
+      <c r="B49" t="s">
+        <v>319</v>
+      </c>
+      <c r="C49" t="s">
+        <v>320</v>
+      </c>
+      <c r="D49" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
         <v>54</v>
       </c>
-      <c r="M6" t="s">
-[...2 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G49" t="s">
         <v>55</v>
       </c>
-    </row>
-[...1208 lines deleted...]
-      <c r="N35" t="s">
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
         <v>166</v>
       </c>
-    </row>
-[...574 lines deleted...]
-      </c>
       <c r="K49" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>229</v>
+        <v>321</v>
       </c>
       <c r="M49" t="s">
-        <v>33</v>
+        <v>322</v>
       </c>
       <c r="N49" t="s">
-        <v>230</v>
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>323</v>
+      </c>
+      <c r="P49" t="s">
+        <v>324</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>