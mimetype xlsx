--- v1 (2025-11-29)
+++ v2 (2026-03-07)
@@ -3082,54 +3082,54 @@
         <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>234</v>
       </c>
       <c r="B36" t="s">
         <v>235</v>
       </c>
       <c r="C36" t="s">
         <v>236</v>
       </c>
       <c r="D36" t="s">
         <v>237</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>54</v>
       </c>
       <c r="G36" t="s">
         <v>55</v>
       </c>
-      <c r="H36">
+      <c r="H36"/>
+      <c r="I36">
         <v>2024</v>
       </c>
-      <c r="I36"/>
       <c r="J36" t="s">
         <v>238</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>239</v>
       </c>
       <c r="N36" t="s">
         <v>38</v>
       </c>
       <c r="O36" t="s">
         <v>240</v>
       </c>
       <c r="P36" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>242</v>
       </c>
       <c r="B37" t="s">