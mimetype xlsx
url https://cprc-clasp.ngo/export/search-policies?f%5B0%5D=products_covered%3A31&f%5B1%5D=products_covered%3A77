--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -12,1056 +12,1494 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="454">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
-  </si>
-[...13 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1325,3113 +1763,3544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N71"/>
+  <dimension ref="A1:P71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>1979</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>71</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1979</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>83</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>114</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>123</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2011</v>
       </c>
-      <c r="I3" t="s">
-[...6 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E18" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F18" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...37 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2006</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>45</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>145</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>160</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>163</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>170</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>45</v>
+      </c>
+      <c r="K24" t="s">
+        <v>171</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>114</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>184</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1994</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>114</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...51 lines deleted...]
-      <c r="G6">
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>190</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>43</v>
+      </c>
+      <c r="D28" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28">
+        <v>2008</v>
+      </c>
+      <c r="J28" t="s">
+        <v>190</v>
+      </c>
+      <c r="K28" t="s">
+        <v>71</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" t="s">
+        <v>198</v>
+      </c>
+      <c r="C29" t="s">
+        <v>62</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2012</v>
       </c>
-      <c r="H6">
-[...11 lines deleted...]
-      <c r="L6" t="s">
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>114</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>65</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>200</v>
+      </c>
+      <c r="P29" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" t="s">
+        <v>203</v>
+      </c>
+      <c r="C30" t="s">
+        <v>62</v>
+      </c>
+      <c r="D30" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>204</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>114</v>
+      </c>
+      <c r="K30" t="s">
+        <v>71</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>65</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>211</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>54</v>
       </c>
-      <c r="M6" t="s">
-[...1034 lines deleted...]
-        <v>2019</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
-      <c r="I31" t="s">
-        <v>47</v>
+      <c r="I31">
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="K31" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
+        <v>213</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>218</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>1989</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>114</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>219</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33">
+        <v>1987</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>114</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>219</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>170</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>2025</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>230</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>233</v>
+      </c>
+      <c r="C35" t="s">
+        <v>228</v>
+      </c>
+      <c r="D35" t="s">
+        <v>70</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>170</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>234</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>235</v>
+      </c>
+      <c r="M35" t="s">
+        <v>230</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>236</v>
+      </c>
+      <c r="P35" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>240</v>
+      </c>
+      <c r="D36" t="s">
+        <v>241</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>170</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>234</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>242</v>
+      </c>
+      <c r="M36" t="s">
+        <v>230</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>245</v>
+      </c>
+      <c r="B37" t="s">
+        <v>246</v>
+      </c>
+      <c r="C37" t="s">
+        <v>247</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1999</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>248</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37" t="s">
+        <v>249</v>
+      </c>
+      <c r="M37" t="s">
+        <v>250</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>253</v>
+      </c>
+      <c r="B38" t="s">
+        <v>254</v>
+      </c>
+      <c r="C38" t="s">
+        <v>144</v>
+      </c>
+      <c r="D38" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>35</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>150</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>145</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>256</v>
+      </c>
+      <c r="P38" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>258</v>
+      </c>
+      <c r="B39" t="s">
+        <v>259</v>
+      </c>
+      <c r="C39" t="s">
+        <v>144</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>150</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>145</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>262</v>
+      </c>
+      <c r="B40" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>35</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>150</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>255</v>
+      </c>
+      <c r="M40" t="s">
+        <v>264</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" t="s">
+        <v>70</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2006</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>150</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>264</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2000</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>150</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>145</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" t="s">
+        <v>276</v>
+      </c>
+      <c r="C43" t="s">
+        <v>144</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>150</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>264</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>277</v>
+      </c>
+      <c r="P43" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>279</v>
+      </c>
+      <c r="B44" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" t="s">
+        <v>70</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2006</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>150</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>264</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>70</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2008</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>286</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45" t="s">
+        <v>287</v>
+      </c>
+      <c r="M45" t="s">
+        <v>288</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>289</v>
+      </c>
+      <c r="P45" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>291</v>
+      </c>
+      <c r="B46" t="s">
+        <v>292</v>
+      </c>
+      <c r="C46" t="s">
+        <v>285</v>
+      </c>
+      <c r="D46" t="s">
+        <v>70</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2022</v>
+      </c>
+      <c r="J46" t="s">
+        <v>286</v>
+      </c>
+      <c r="K46" t="s">
+        <v>71</v>
+      </c>
+      <c r="L46" t="s">
+        <v>293</v>
+      </c>
+      <c r="M46" t="s">
+        <v>288</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" t="s">
+        <v>298</v>
+      </c>
+      <c r="D47" t="s">
+        <v>106</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>190</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>299</v>
+      </c>
+      <c r="M47" t="s">
+        <v>300</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>301</v>
+      </c>
+      <c r="P47" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>303</v>
+      </c>
+      <c r="B48" t="s">
+        <v>304</v>
+      </c>
+      <c r="C48" t="s">
+        <v>298</v>
+      </c>
+      <c r="D48" t="s">
+        <v>106</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>54</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>190</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>300</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>305</v>
+      </c>
+      <c r="P48" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>307</v>
+      </c>
+      <c r="B49" t="s">
+        <v>308</v>
+      </c>
+      <c r="C49" t="s">
+        <v>309</v>
+      </c>
+      <c r="D49" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>114</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" t="s">
+        <v>310</v>
+      </c>
+      <c r="M49" t="s">
+        <v>311</v>
+      </c>
+      <c r="N49" t="s">
+        <v>312</v>
+      </c>
+      <c r="O49" t="s">
+        <v>313</v>
+      </c>
+      <c r="P49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>315</v>
+      </c>
+      <c r="B50" t="s">
+        <v>316</v>
+      </c>
+      <c r="C50" t="s">
+        <v>317</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>55</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>318</v>
+      </c>
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>319</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>324</v>
+      </c>
+      <c r="D51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>55</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>150</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>325</v>
+      </c>
+      <c r="M51" t="s">
+        <v>326</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>327</v>
+      </c>
+      <c r="P51" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>329</v>
+      </c>
+      <c r="B52" t="s">
+        <v>330</v>
+      </c>
+      <c r="C52" t="s">
+        <v>331</v>
+      </c>
+      <c r="D52" t="s">
+        <v>161</v>
+      </c>
+      <c r="E52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F52" t="s">
+        <v>332</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>333</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>334</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>335</v>
+      </c>
+      <c r="P52" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>337</v>
+      </c>
+      <c r="B53" t="s">
+        <v>338</v>
+      </c>
+      <c r="C53" t="s">
+        <v>331</v>
+      </c>
+      <c r="D53" t="s">
+        <v>339</v>
+      </c>
+      <c r="E53" t="s">
+        <v>34</v>
+      </c>
+      <c r="F53" t="s">
+        <v>332</v>
+      </c>
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>333</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>334</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>340</v>
+      </c>
+      <c r="P53" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>342</v>
+      </c>
+      <c r="B54" t="s">
+        <v>343</v>
+      </c>
+      <c r="C54" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" t="s">
+        <v>344</v>
+      </c>
+      <c r="E54" t="s">
+        <v>34</v>
+      </c>
+      <c r="F54" t="s">
+        <v>54</v>
+      </c>
+      <c r="G54" t="s">
+        <v>55</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>150</v>
+      </c>
+      <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="N31" t="s">
-[...36 lines deleted...]
-      <c r="M32" t="s">
+      <c r="L54" t="s">
+        <v>345</v>
+      </c>
+      <c r="M54" t="s">
+        <v>346</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>347</v>
+      </c>
+      <c r="P54" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>349</v>
+      </c>
+      <c r="B55" t="s">
+        <v>350</v>
+      </c>
+      <c r="C55" t="s">
+        <v>285</v>
+      </c>
+      <c r="D55" t="s">
+        <v>70</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2007</v>
+      </c>
+      <c r="I55">
+        <v>2011</v>
+      </c>
+      <c r="J55" t="s">
+        <v>286</v>
+      </c>
+      <c r="K55" t="s">
+        <v>71</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>351</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>352</v>
+      </c>
+      <c r="P55" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>354</v>
+      </c>
+      <c r="B56" t="s">
+        <v>355</v>
+      </c>
+      <c r="C56" t="s">
+        <v>210</v>
+      </c>
+      <c r="D56" t="s">
+        <v>70</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>55</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>56</v>
+      </c>
+      <c r="K56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56" t="s">
+        <v>356</v>
+      </c>
+      <c r="M56" t="s">
+        <v>213</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>357</v>
+      </c>
+      <c r="P56" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>359</v>
+      </c>
+      <c r="B57" t="s">
+        <v>359</v>
+      </c>
+      <c r="C57" t="s">
+        <v>360</v>
+      </c>
+      <c r="D57" t="s">
+        <v>361</v>
+      </c>
+      <c r="E57" t="s">
+        <v>34</v>
+      </c>
+      <c r="F57" t="s">
+        <v>35</v>
+      </c>
+      <c r="G57" t="s">
+        <v>55</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>362</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57" t="s">
+        <v>363</v>
+      </c>
+      <c r="M57" t="s">
+        <v>364</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>365</v>
+      </c>
+      <c r="P57" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>367</v>
+      </c>
+      <c r="B58" t="s">
+        <v>368</v>
+      </c>
+      <c r="C58" t="s">
+        <v>369</v>
+      </c>
+      <c r="D58" t="s">
+        <v>370</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>170</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2017</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>131</v>
+      </c>
+      <c r="K58" t="s">
+        <v>371</v>
+      </c>
+      <c r="L58" t="s">
+        <v>372</v>
+      </c>
+      <c r="M58" t="s">
+        <v>373</v>
+      </c>
+      <c r="N58" t="s">
+        <v>374</v>
+      </c>
+      <c r="O58" t="s">
+        <v>375</v>
+      </c>
+      <c r="P58" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>377</v>
+      </c>
+      <c r="B59" t="s">
+        <v>378</v>
+      </c>
+      <c r="C59" t="s">
+        <v>379</v>
+      </c>
+      <c r="D59" t="s">
+        <v>380</v>
+      </c>
+      <c r="E59" t="s">
+        <v>34</v>
+      </c>
+      <c r="F59" t="s">
+        <v>54</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>190</v>
+      </c>
+      <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="N32" t="s">
-[...36 lines deleted...]
-      <c r="M33" t="s">
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>381</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>386</v>
+      </c>
+      <c r="D60" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" t="s">
+        <v>34</v>
+      </c>
+      <c r="F60" t="s">
+        <v>35</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>45</v>
+      </c>
+      <c r="K60" t="s">
+        <v>37</v>
+      </c>
+      <c r="L60" t="s">
+        <v>387</v>
+      </c>
+      <c r="M60" t="s">
+        <v>388</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>389</v>
+      </c>
+      <c r="P60" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>391</v>
+      </c>
+      <c r="B61" t="s">
+        <v>392</v>
+      </c>
+      <c r="C61" t="s">
+        <v>393</v>
+      </c>
+      <c r="D61" t="s">
+        <v>241</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>55</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>45</v>
+      </c>
+      <c r="K61" t="s">
+        <v>37</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>394</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>395</v>
+      </c>
+      <c r="P61" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>397</v>
+      </c>
+      <c r="B62" t="s">
+        <v>397</v>
+      </c>
+      <c r="C62" t="s">
+        <v>398</v>
+      </c>
+      <c r="D62" t="s">
+        <v>33</v>
+      </c>
+      <c r="E62" t="s">
+        <v>34</v>
+      </c>
+      <c r="F62" t="s">
+        <v>170</v>
+      </c>
+      <c r="G62" t="s">
+        <v>55</v>
+      </c>
+      <c r="H62">
+        <v>2018</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>131</v>
+      </c>
+      <c r="K62" t="s">
+        <v>37</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>399</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>400</v>
+      </c>
+      <c r="P62" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>402</v>
+      </c>
+      <c r="B63" t="s">
+        <v>403</v>
+      </c>
+      <c r="C63" t="s">
+        <v>404</v>
+      </c>
+      <c r="D63" t="s">
+        <v>106</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>170</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>248</v>
+      </c>
+      <c r="K63" t="s">
+        <v>71</v>
+      </c>
+      <c r="L63" t="s">
+        <v>405</v>
+      </c>
+      <c r="M63" t="s">
+        <v>406</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>407</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>409</v>
+      </c>
+      <c r="B64" t="s">
+        <v>410</v>
+      </c>
+      <c r="C64" t="s">
+        <v>121</v>
+      </c>
+      <c r="D64" t="s">
+        <v>33</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64">
+        <v>2021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>124</v>
+      </c>
+      <c r="K64" t="s">
+        <v>37</v>
+      </c>
+      <c r="L64" t="s">
+        <v>411</v>
+      </c>
+      <c r="M64" t="s">
+        <v>125</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>412</v>
+      </c>
+      <c r="P64" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>414</v>
+      </c>
+      <c r="B65" t="s">
+        <v>415</v>
+      </c>
+      <c r="C65" t="s">
+        <v>121</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>124</v>
+      </c>
+      <c r="K65" t="s">
+        <v>37</v>
+      </c>
+      <c r="L65" t="s">
+        <v>411</v>
+      </c>
+      <c r="M65" t="s">
+        <v>125</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>416</v>
+      </c>
+      <c r="P65" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>418</v>
+      </c>
+      <c r="B66" t="s">
+        <v>419</v>
+      </c>
+      <c r="C66" t="s">
+        <v>331</v>
+      </c>
+      <c r="D66" t="s">
+        <v>33</v>
+      </c>
+      <c r="E66" t="s">
+        <v>34</v>
+      </c>
+      <c r="F66" t="s">
+        <v>35</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1997</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
+      <c r="J66" t="s">
+        <v>420</v>
+      </c>
+      <c r="K66" t="s">
+        <v>37</v>
+      </c>
+      <c r="L66" t="s">
+        <v>421</v>
+      </c>
+      <c r="M66" t="s">
+        <v>422</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>423</v>
+      </c>
+      <c r="P66" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>425</v>
+      </c>
+      <c r="B67" t="s">
+        <v>426</v>
+      </c>
+      <c r="C67" t="s">
+        <v>427</v>
+      </c>
+      <c r="D67" t="s">
+        <v>33</v>
+      </c>
+      <c r="E67" t="s">
+        <v>34</v>
+      </c>
+      <c r="F67" t="s">
+        <v>35</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2004</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>56</v>
+      </c>
+      <c r="K67" t="s">
+        <v>37</v>
+      </c>
+      <c r="L67" t="s">
+        <v>255</v>
+      </c>
+      <c r="M67" t="s">
+        <v>428</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>429</v>
+      </c>
+      <c r="P67" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>431</v>
+      </c>
+      <c r="B68" t="s">
+        <v>432</v>
+      </c>
+      <c r="C68" t="s">
+        <v>331</v>
+      </c>
+      <c r="D68" t="s">
+        <v>161</v>
+      </c>
+      <c r="E68" t="s">
+        <v>34</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>333</v>
+      </c>
+      <c r="K68" t="s">
+        <v>37</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>433</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>434</v>
+      </c>
+      <c r="P68" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>436</v>
+      </c>
+      <c r="B69" t="s">
+        <v>437</v>
+      </c>
+      <c r="C69" t="s">
+        <v>438</v>
+      </c>
+      <c r="D69" t="s">
+        <v>106</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>248</v>
+      </c>
+      <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="N33" t="s">
-[...36 lines deleted...]
-      <c r="M34" t="s">
+      <c r="L69" t="s">
+        <v>439</v>
+      </c>
+      <c r="M69" t="s">
+        <v>440</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>441</v>
+      </c>
+      <c r="P69" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>436</v>
+      </c>
+      <c r="B70" t="s">
+        <v>443</v>
+      </c>
+      <c r="C70" t="s">
+        <v>438</v>
+      </c>
+      <c r="D70" t="s">
+        <v>106</v>
+      </c>
+      <c r="E70" t="s">
+        <v>34</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70">
+        <v>2017</v>
+      </c>
+      <c r="J70" t="s">
+        <v>248</v>
+      </c>
+      <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...48 lines deleted...]
-      <c r="A36" t="s">
+      <c r="L70" t="s">
+        <v>444</v>
+      </c>
+      <c r="M70" t="s">
+        <v>440</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>445</v>
+      </c>
+      <c r="P70" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>446</v>
+      </c>
+      <c r="B71" t="s">
+        <v>447</v>
+      </c>
+      <c r="C71" t="s">
+        <v>448</v>
+      </c>
+      <c r="D71" t="s">
+        <v>449</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>170</v>
       </c>
-      <c r="B36" t="s">
-[...61 lines deleted...]
-      <c r="H37">
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...1115 lines deleted...]
-      <c r="A64" t="s">
+      <c r="J71" t="s">
         <v>286</v>
       </c>
-      <c r="B64" t="s">
-[...329 lines deleted...]
-      </c>
       <c r="K71" t="s">
-        <v>313</v>
+        <v>37</v>
       </c>
       <c r="L71" t="s">
-        <v>314</v>
+        <v>450</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>451</v>
       </c>
       <c r="N71" t="s">
-        <v>315</v>
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>452</v>
+      </c>
+      <c r="P71" t="s">
+        <v>453</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>