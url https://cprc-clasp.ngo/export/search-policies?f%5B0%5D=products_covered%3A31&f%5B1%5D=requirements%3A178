--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,440 +12,567 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -709,1039 +836,1174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="169" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1994</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11">
+        <v>1987</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>57</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...28 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>57</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...8 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...36 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2000</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>57</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>101</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>116</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>122</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>124</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>139</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>40</v>
       </c>
-      <c r="M5" t="s">
-[...22 lines deleted...]
-      <c r="F6" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...28 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1997</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>147</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...8 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...34 lines deleted...]
-      <c r="H8">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22">
         <v>2020</v>
       </c>
-      <c r="I8" t="s">
-[...426 lines deleted...]
-      <c r="L18" t="s">
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>92</v>
       </c>
-      <c r="M18" t="s">
-[...168 lines deleted...]
-      </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>154</v>
       </c>
       <c r="N22" t="s">
-        <v>114</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>