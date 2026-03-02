--- v0 (2025-11-30)
+++ v1 (2026-03-02)
@@ -1553,54 +1553,54 @@
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>118</v>
       </c>
       <c r="B15" t="s">
         <v>119</v>
       </c>
       <c r="C15" t="s">
         <v>120</v>
       </c>
       <c r="D15" t="s">
         <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
-      <c r="H15">
+      <c r="H15"/>
+      <c r="I15">
         <v>2024</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
         <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
         <v>124</v>
       </c>
       <c r="P15" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>126</v>
       </c>
       <c r="B16" t="s">