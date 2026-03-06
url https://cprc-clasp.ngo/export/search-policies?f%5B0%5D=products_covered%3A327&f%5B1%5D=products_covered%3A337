--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -789,67 +789,67 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -976,50 +976,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
@@ -2980,54 +2983,54 @@
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>227</v>
       </c>
       <c r="B33" t="s">
         <v>228</v>
       </c>
       <c r="C33" t="s">
         <v>229</v>
       </c>
       <c r="D33" t="s">
         <v>230</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
-      <c r="H33">
+      <c r="H33"/>
+      <c r="I33">
         <v>2024</v>
       </c>
-      <c r="I33"/>
       <c r="J33" t="s">
         <v>231</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>232</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>233</v>
       </c>
       <c r="P33" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>235</v>
       </c>
       <c r="B34" t="s">
@@ -3636,222 +3639,222 @@
       </c>
       <c r="P46" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>313</v>
       </c>
       <c r="B47" t="s">
         <v>314</v>
       </c>
       <c r="C47" t="s">
         <v>267</v>
       </c>
       <c r="D47" t="s">
         <v>315</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>119</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="H47">
         <v>2002</v>
       </c>
       <c r="I47">
         <v>2007</v>
       </c>
       <c r="J47" t="s">
         <v>238</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M47" t="s">
         <v>269</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D48" t="s">
         <v>97</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2006</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D49" t="s">
         <v>118</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>119</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2016</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>171</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>120</v>
       </c>
       <c r="M49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C50" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D50" t="s">
         <v>62</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>119</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
         <v>70</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">