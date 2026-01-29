--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -383,72 +383,69 @@
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
     <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
   </si>
@@ -503,50 +500,53 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -1845,351 +1845,353 @@
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>
       </c>
       <c r="B15" t="s">
         <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>103</v>
       </c>
       <c r="F15" t="s">
         <v>120</v>
       </c>
       <c r="G15" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
         <v>121</v>
-      </c>
-[...5 lines deleted...]
-        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>47</v>
       </c>
       <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
         <v>126</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D16" t="s">
         <v>86</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K16" t="s">
         <v>46</v>
       </c>
       <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
         <v>134</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
         <v>68</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="M17" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
         <v>138</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
         <v>86</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
         <v>46</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
         <v>143</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>144</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
-      <c r="H19">
+      <c r="H19"/>
+      <c r="I19">
         <v>2024</v>
       </c>
-      <c r="I19"/>
       <c r="J19" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>36</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>37</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
         <v>155</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="H21">
         <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
         <v>157</v>
       </c>
       <c r="P21" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>159</v>
       </c>
       <c r="B22" t="s">
         <v>160</v>
       </c>
       <c r="C22" t="s">
         <v>161</v>
       </c>
       <c r="D22" t="s">
         <v>162</v>
       </c>
       <c r="E22" t="s">
@@ -2275,51 +2277,51 @@
       </c>
       <c r="P23" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>179</v>
       </c>
       <c r="B24" t="s">
         <v>180</v>
       </c>
       <c r="C24" t="s">
         <v>181</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>182</v>
       </c>
       <c r="G24" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="H24">
         <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>183</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>184</v>
       </c>
       <c r="M24" t="s">
         <v>185</v>
       </c>
       <c r="N24" t="s">
         <v>38</v>
       </c>
       <c r="O24" t="s">
         <v>186</v>
       </c>
       <c r="P24" t="s">
         <v>187</v>