--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -2110,54 +2110,54 @@
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>171</v>
       </c>
       <c r="B23" t="s">
         <v>172</v>
       </c>
       <c r="C23" t="s">
         <v>173</v>
       </c>
       <c r="D23" t="s">
         <v>174</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
-      <c r="H23">
+      <c r="H23"/>
+      <c r="I23">
         <v>2024</v>
       </c>
-      <c r="I23"/>
       <c r="J23" t="s">
         <v>175</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>176</v>
       </c>
       <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="O23" t="s">
         <v>177</v>
       </c>
       <c r="P23" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>179</v>
       </c>
       <c r="B24" t="s">