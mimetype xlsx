--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -291,69 +291,69 @@
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
     <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
@@ -1305,99 +1305,99 @@
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>94</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>98</v>
       </c>
       <c r="P12" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>100</v>
       </c>
       <c r="B13" t="s">
         <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>94</v>
       </c>
       <c r="D13" t="s">
         <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
-      <c r="H13">
+      <c r="H13"/>
+      <c r="I13">
         <v>2024</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
         <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>97</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
         <v>103</v>
       </c>
       <c r="P13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>104</v>
       </c>
       <c r="B14" t="s">