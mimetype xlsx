--- v0 (2025-11-27)
+++ v1 (2026-03-09)
@@ -2128,54 +2128,54 @@
         <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>165</v>
       </c>
       <c r="B22" t="s">
         <v>166</v>
       </c>
       <c r="C22" t="s">
         <v>167</v>
       </c>
       <c r="D22" t="s">
         <v>168</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>44</v>
       </c>
-      <c r="H22">
+      <c r="H22"/>
+      <c r="I22">
         <v>2024</v>
       </c>
-      <c r="I22"/>
       <c r="J22" t="s">
         <v>169</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>170</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>171</v>
       </c>
       <c r="P22" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>173</v>
       </c>
       <c r="B23" t="s">