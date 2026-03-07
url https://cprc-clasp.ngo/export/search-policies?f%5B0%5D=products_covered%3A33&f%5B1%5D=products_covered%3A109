--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -483,50 +483,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
     <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
@@ -1785,172 +1788,172 @@
       </c>
       <c r="P18" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>148</v>
       </c>
       <c r="B19" t="s">
         <v>149</v>
       </c>
       <c r="C19" t="s">
         <v>119</v>
       </c>
       <c r="D19" t="s">
         <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>84</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
       <c r="I19">
         <v>2007</v>
       </c>
       <c r="J19" t="s">
         <v>113</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
         <v>124</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
       <c r="E20" t="s">
         <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>113</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2006</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">