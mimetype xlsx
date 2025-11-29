--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,492 +12,634 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
+  </si>
+  <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -761,1073 +903,1210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="681.834" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...17 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
         <v>30</v>
       </c>
-      <c r="J3" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>36</v>
       </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K5"/>
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
       <c r="L5"/>
-      <c r="M5" t="s">
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...13 lines deleted...]
-      <c r="D6" t="s">
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
         <v>41</v>
-      </c>
-[...93 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I8" t="s">
-        <v>43</v>
+      <c r="I8">
+        <v>2011</v>
       </c>
       <c r="J8" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>56</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
         <v>54</v>
       </c>
-      <c r="L8" t="s">
-[...2 lines deleted...]
-      <c r="M8" t="s">
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>68</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>54</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...10 lines deleted...]
-      <c r="C9" t="s">
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G16" t="s">
         <v>41</v>
       </c>
-      <c r="E9" t="s">
-[...2 lines deleted...]
-      <c r="F9" t="s">
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>54</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
         <v>2018</v>
       </c>
-      <c r="H9"/>
-[...12 lines deleted...]
-      <c r="M9" t="s">
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...10 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
         <v>53</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>148</v>
+      </c>
+      <c r="G20" t="s">
         <v>41</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" t="s">
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>150</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>153</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...13 lines deleted...]
-      <c r="M10" t="s">
+      <c r="E21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>158</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...31 lines deleted...]
-      <c r="L11" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>138</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" t="s">
         <v>68</v>
       </c>
-      <c r="M11" t="s">
-[...10 lines deleted...]
-      <c r="B12" t="s">
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>172</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
         <v>27</v>
       </c>
-      <c r="C12" t="s">
-[...498 lines deleted...]
-      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>