--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,401 +12,533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -670,943 +802,1058 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...6 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
-      </c>
-[...149 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
-        <v>43</v>
+      <c r="I7">
+        <v>2011</v>
       </c>
       <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>106</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>109</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...16 lines deleted...]
-      <c r="B8" t="s">
+      <c r="G15" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
-[...38 lines deleted...]
-      <c r="B9" t="s">
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
         <v>39</v>
       </c>
-      <c r="C9" t="s">
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>40</v>
       </c>
-      <c r="D9" t="s">
-[...18 lines deleted...]
-      <c r="K9" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>109</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
         <v>53</v>
       </c>
-      <c r="L9" t="s">
-[...5 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E18" t="s">
         <v>54</v>
       </c>
-    </row>
-[...192 lines deleted...]
-      <c r="H14">
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
         <v>2021</v>
       </c>
-      <c r="I14" t="s">
-[...37 lines deleted...]
-      <c r="G15">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" t="s">
+        <v>39</v>
+      </c>
+      <c r="H19">
         <v>2021</v>
       </c>
-      <c r="H15"/>
-[...28 lines deleted...]
-      <c r="E16" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16">
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>31</v>
+      </c>
+      <c r="G20" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20">
         <v>2021</v>
       </c>
-      <c r="H16"/>
-[...70 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>132</v>
+      </c>
+      <c r="N20" t="s">
         <v>26</v>
       </c>
-      <c r="F18" t="s">
-[...107 lines deleted...]
-      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>