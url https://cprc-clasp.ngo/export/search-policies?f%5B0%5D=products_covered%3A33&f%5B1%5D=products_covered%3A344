--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -311,72 +311,72 @@
   <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
     <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
 i. meet the definition of a Storage Product provided in Section 1 of the policy document;
 ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
 iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
    a) contain a controller with advanced data recovery capability
    b) support Block I/O and/or File I/O storage functions; and
    c) implement scale-up or scale-out storage.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1327,51 +1327,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>97</v>
       </c>
       <c r="D12" t="s">
         <v>98</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>99</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>101</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
         <v>102</v>
       </c>
       <c r="P12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>104</v>