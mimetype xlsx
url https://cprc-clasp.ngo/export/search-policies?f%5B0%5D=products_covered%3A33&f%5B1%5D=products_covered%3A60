--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,377 +12,483 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
+  </si>
+  <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -646,781 +752,878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="681.834" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H2">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...10 lines deleted...]
-      <c r="N2" t="s">
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...81 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
-      </c>
-[...16 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
-      <c r="I5" t="s">
-        <v>35</v>
+      <c r="I5">
+        <v>2011</v>
       </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2003</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>38</v>
+      <c r="H12">
+        <v>1983</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...25 lines deleted...]
-      <c r="J6" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>71</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>104</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>107</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="N6" t="s">
-[...59 lines deleted...]
-      <c r="F8" t="s">
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
         <v>25</v>
       </c>
-      <c r="G8">
-[...360 lines deleted...]
-      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>