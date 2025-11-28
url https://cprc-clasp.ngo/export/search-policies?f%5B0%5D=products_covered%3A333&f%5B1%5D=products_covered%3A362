--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,775 +12,1025 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1044,2051 +1294,2322 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>54</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>84</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>84</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>101</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>64</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>101</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" t="s">
+        <v>64</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>84</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>101</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" t="s">
+        <v>64</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F16" t="s">
+        <v>118</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>127</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>62</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>64</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>61</v>
+      </c>
+      <c r="K19" t="s">
+        <v>62</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>64</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H20">
+        <v>2006</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...13 lines deleted...]
-      <c r="C3" t="s">
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>55</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>60</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" t="s">
+        <v>62</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" t="s">
+        <v>64</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>1992</v>
+      </c>
+      <c r="J22" t="s">
+        <v>161</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2004</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+      <c r="K23" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L23" t="s">
+        <v>169</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
         <v>36</v>
       </c>
-      <c r="G4">
-[...26 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
         <v>42</v>
       </c>
-      <c r="C5" t="s">
-[...401 lines deleted...]
-      <c r="K14" t="s">
+      <c r="E24" t="s">
         <v>83</v>
       </c>
-      <c r="L14" t="s">
-[...5 lines deleted...]
-      <c r="N14" t="s">
+      <c r="F24" t="s">
         <v>84</v>
       </c>
-    </row>
-[...406 lines deleted...]
-        <v>2015</v>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
-      <c r="I24" t="s">
-        <v>72</v>
+      <c r="I24">
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="K24" t="s">
-        <v>130</v>
+        <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N24" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>83</v>
+      </c>
+      <c r="F25" t="s">
+        <v>84</v>
+      </c>
+      <c r="G25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>91</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>83</v>
+      </c>
+      <c r="F26" t="s">
+        <v>84</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>186</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" t="s">
         <v>134</v>
       </c>
-      <c r="B25" t="s">
-[...89 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F27" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="G27"/>
+        <v>118</v>
+      </c>
+      <c r="G27" t="s">
+        <v>192</v>
+      </c>
       <c r="H27"/>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="K27" t="s">
+        <v>62</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>53</v>
+        <v>193</v>
       </c>
       <c r="N27" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>64</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="C28" t="s">
-        <v>35</v>
+        <v>198</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
-      <c r="I28" t="s">
-        <v>138</v>
+      <c r="I28">
+        <v>2012</v>
       </c>
       <c r="J28" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="K28" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="M28" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="N28" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="B29" t="s">
-        <v>137</v>
+        <v>204</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
+        <v>185</v>
       </c>
       <c r="D29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>84</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>1992</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="K29" t="s">
-        <v>151</v>
+        <v>62</v>
       </c>
       <c r="L29" t="s">
-        <v>152</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
-        <v>53</v>
+        <v>206</v>
       </c>
       <c r="N29" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>64</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>154</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>155</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>212</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>213</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>185</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>186</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>187</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>185</v>
+      </c>
+      <c r="D32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>186</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>187</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>224</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2011</v>
+      </c>
+      <c r="J33" t="s">
+        <v>91</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>225</v>
+      </c>
+      <c r="M33" t="s">
+        <v>226</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>60</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>43</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>176</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>175</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>44</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>176</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36" t="s">
+        <v>175</v>
+      </c>
+      <c r="D36" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
+        <v>2018</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>44</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>176</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>238</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>133</v>
+      </c>
+      <c r="D37" t="s">
+        <v>240</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>118</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>135</v>
+      </c>
+      <c r="K37" t="s">
+        <v>241</v>
+      </c>
+      <c r="L37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M37" t="s">
+        <v>243</v>
+      </c>
+      <c r="N37" t="s">
         <v>36</v>
       </c>
-      <c r="G30">
-[...39 lines deleted...]
-      <c r="G31">
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>248</v>
+      </c>
+      <c r="D38" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" t="s">
+        <v>83</v>
+      </c>
+      <c r="F38" t="s">
+        <v>84</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
         <v>2012</v>
       </c>
-      <c r="H31">
-[...296 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="K38" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>182</v>
+        <v>249</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="N38" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>184</v>
+        <v>253</v>
       </c>
       <c r="B39" t="s">
-        <v>185</v>
+        <v>254</v>
       </c>
       <c r="C39" t="s">
-        <v>35</v>
+        <v>255</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="E39" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2006</v>
       </c>
-      <c r="I39" t="s">
-        <v>37</v>
+      <c r="I39">
+        <v>2006</v>
       </c>
       <c r="J39" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>31</v>
+        <v>256</v>
       </c>
       <c r="N39" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>257</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>188</v>
+        <v>258</v>
       </c>
       <c r="B40" t="s">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="C40" t="s">
-        <v>35</v>
+        <v>260</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>261</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>262</v>
+      </c>
+      <c r="N40" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>263</v>
+      </c>
+      <c r="P40" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C41" t="s">
+        <v>267</v>
+      </c>
+      <c r="D41" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" t="s">
+        <v>83</v>
+      </c>
+      <c r="F41" t="s">
+        <v>84</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>268</v>
+      </c>
+      <c r="K41" t="s">
+        <v>62</v>
+      </c>
+      <c r="L41" t="s">
+        <v>269</v>
+      </c>
+      <c r="M41" t="s">
+        <v>270</v>
+      </c>
+      <c r="N41" t="s">
+        <v>64</v>
+      </c>
+      <c r="O41" t="s">
+        <v>271</v>
+      </c>
+      <c r="P41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" t="s">
+        <v>274</v>
+      </c>
+      <c r="C42" t="s">
+        <v>275</v>
+      </c>
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>83</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>192</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>276</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>277</v>
+      </c>
+      <c r="N42" t="s">
+        <v>278</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>51</v>
+      </c>
+      <c r="D43" t="s">
+        <v>282</v>
+      </c>
+      <c r="E43" t="s">
+        <v>83</v>
+      </c>
+      <c r="F43" t="s">
+        <v>84</v>
+      </c>
+      <c r="G43" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>61</v>
+      </c>
+      <c r="K43" t="s">
+        <v>62</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>86</v>
+      </c>
+      <c r="N43" t="s">
+        <v>64</v>
+      </c>
+      <c r="O43" t="s">
+        <v>283</v>
+      </c>
+      <c r="P43" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" t="s">
+        <v>286</v>
+      </c>
+      <c r="C44" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" t="s">
+        <v>287</v>
+      </c>
+      <c r="E44" t="s">
+        <v>83</v>
+      </c>
+      <c r="F44" t="s">
+        <v>52</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44">
+        <v>2016</v>
+      </c>
+      <c r="J44" t="s">
+        <v>135</v>
+      </c>
+      <c r="K44" t="s">
+        <v>62</v>
+      </c>
+      <c r="L44" t="s">
+        <v>288</v>
+      </c>
+      <c r="M44" t="s">
+        <v>289</v>
+      </c>
+      <c r="N44" t="s">
+        <v>64</v>
+      </c>
+      <c r="O44" t="s">
+        <v>290</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>292</v>
+      </c>
+      <c r="B45" t="s">
+        <v>293</v>
+      </c>
+      <c r="C45" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" t="s">
+        <v>294</v>
+      </c>
+      <c r="E45" t="s">
+        <v>83</v>
+      </c>
+      <c r="F45" t="s">
+        <v>84</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>153</v>
+      </c>
+      <c r="K45" t="s">
+        <v>62</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>295</v>
+      </c>
+      <c r="N45" t="s">
+        <v>64</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>298</v>
+      </c>
+      <c r="B46" t="s">
+        <v>299</v>
+      </c>
+      <c r="C46" t="s">
         <v>18</v>
       </c>
-      <c r="F40" t="s">
-[...160 lines deleted...]
-      <c r="E44" t="s">
+      <c r="D46" t="s">
+        <v>60</v>
+      </c>
+      <c r="E46" t="s">
+        <v>83</v>
+      </c>
+      <c r="F46" t="s">
+        <v>300</v>
+      </c>
+      <c r="G46" t="s">
         <v>43</v>
       </c>
-      <c r="F44" t="s">
-[...88 lines deleted...]
-      <c r="G46">
+      <c r="H46">
         <v>2007</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="K46" t="s">
-        <v>219</v>
+        <v>62</v>
       </c>
       <c r="L46" t="s">
-        <v>220</v>
+        <v>301</v>
       </c>
       <c r="M46" t="s">
-        <v>53</v>
+        <v>302</v>
       </c>
       <c r="N46" t="s">
-        <v>221</v>
+        <v>64</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>