--- v0 (2025-10-14)
+++ v1 (2026-03-06)
@@ -12,439 +12,549 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -708,853 +818,964 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="281" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
-      </c>
-[...270 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2007</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
         <v>62</v>
       </c>
-      <c r="J9" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>63</v>
       </c>
-      <c r="L9" t="s">
-[...6 lines deleted...]
-        <v>65</v>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...27 lines deleted...]
-      <c r="J10" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2024</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
+        <v>123</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2009</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
         <v>71</v>
       </c>
-      <c r="K10"/>
-[...7 lines deleted...]
-        <v>73</v>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...27 lines deleted...]
-      <c r="J11" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...9 lines deleted...]
-        <v>79</v>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...18 lines deleted...]
-      <c r="G12">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
         <v>2021</v>
       </c>
-      <c r="H12"/>
-[...208 lines deleted...]
-      <c r="I17" t="s">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
         <v>38</v>
       </c>
-      <c r="J17" t="s">
-[...50 lines deleted...]
-        <v>113</v>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>