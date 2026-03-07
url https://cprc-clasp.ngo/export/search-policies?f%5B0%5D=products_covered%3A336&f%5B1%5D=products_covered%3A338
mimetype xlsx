--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -608,112 +608,109 @@
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
     <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
@@ -979,50 +976,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1702,51 +1702,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2946,965 +2946,967 @@
       </c>
       <c r="P25" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>193</v>
       </c>
       <c r="B26" t="s">
         <v>194</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>195</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>48</v>
+        <v>196</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>91</v>
+        <v>197</v>
       </c>
       <c r="K26" t="s">
         <v>84</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M26" t="s">
         <v>43</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="P26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C27" t="s">
-        <v>201</v>
+        <v>40</v>
       </c>
       <c r="D27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E27" t="s">
         <v>82</v>
       </c>
       <c r="F27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G27" t="s">
-        <v>204</v>
+        <v>8</v>
       </c>
       <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
         <v>2024</v>
       </c>
-      <c r="I27"/>
       <c r="J27" t="s">
         <v>205</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>206</v>
       </c>
       <c r="N27" t="s">
         <v>58</v>
       </c>
       <c r="O27" t="s">
         <v>207</v>
       </c>
       <c r="P27" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>209</v>
       </c>
       <c r="B28" t="s">
         <v>210</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>211</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>8</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2025</v>
       </c>
       <c r="J28" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
         <v>213</v>
       </c>
-      <c r="N28" t="s">
+      <c r="O28" t="s">
         <v>214</v>
       </c>
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>216</v>
+      </c>
+      <c r="B29" t="s">
         <v>217</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1984</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>131</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
+        <v>219</v>
+      </c>
+      <c r="M29" t="s">
         <v>220</v>
       </c>
-      <c r="M29" t="s">
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
         <v>221</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>223</v>
+      </c>
+      <c r="B30" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>82</v>
       </c>
       <c r="F30" t="s">
         <v>83</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30">
         <v>2011</v>
       </c>
       <c r="J30" t="s">
         <v>131</v>
       </c>
       <c r="K30" t="s">
         <v>84</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>133</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C31" t="s">
         <v>130</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>83</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>131</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>228</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
         <v>229</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>231</v>
+      </c>
+      <c r="B32" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C32" t="s">
         <v>130</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>82</v>
       </c>
       <c r="F32" t="s">
         <v>83</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32">
         <v>2011</v>
       </c>
       <c r="J32" t="s">
         <v>131</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>233</v>
+      </c>
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
         <v>234</v>
       </c>
-      <c r="M32" t="s">
-[...5 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>236</v>
+      </c>
+      <c r="B33" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C33" t="s">
         <v>152</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>33</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>239</v>
+      </c>
+      <c r="M33" t="s">
         <v>240</v>
       </c>
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
         <v>241</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
         <v>244</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D34" t="s">
         <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34">
         <v>1996</v>
       </c>
       <c r="I34">
         <v>2017</v>
       </c>
       <c r="J34" t="s">
         <v>184</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>246</v>
+      </c>
+      <c r="M34" t="s">
         <v>247</v>
       </c>
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
         <v>248</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>250</v>
+      </c>
+      <c r="B35" t="s">
         <v>251</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D35" t="s">
         <v>71</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>33</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35">
         <v>1996</v>
       </c>
       <c r="I35">
         <v>2017</v>
       </c>
       <c r="J35" t="s">
         <v>184</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
+        <v>252</v>
+      </c>
+      <c r="P35" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>254</v>
+      </c>
+      <c r="B36" t="s">
         <v>255</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>145</v>
       </c>
       <c r="K36" t="s">
         <v>84</v>
       </c>
       <c r="L36" t="s">
+        <v>257</v>
+      </c>
+      <c r="M36" t="s">
         <v>258</v>
       </c>
-      <c r="M36" t="s">
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
         <v>259</v>
       </c>
-      <c r="N36" t="s">
-[...2 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
         <v>262</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="D37" t="s">
         <v>144</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>33</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>91</v>
       </c>
       <c r="K37" t="s">
         <v>57</v>
       </c>
       <c r="L37" t="s">
+        <v>264</v>
+      </c>
+      <c r="M37" t="s">
         <v>265</v>
       </c>
-      <c r="M37" t="s">
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
         <v>266</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>268</v>
+      </c>
+      <c r="B38" t="s">
         <v>269</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D38" t="s">
         <v>144</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>91</v>
       </c>
       <c r="K38" t="s">
         <v>57</v>
       </c>
       <c r="L38" t="s">
+        <v>270</v>
+      </c>
+      <c r="M38" t="s">
+        <v>265</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
         <v>271</v>
       </c>
-      <c r="M38" t="s">
-[...5 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>273</v>
+      </c>
+      <c r="B39" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C39" t="s">
         <v>143</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>145</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>147</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
+        <v>275</v>
+      </c>
+      <c r="P39" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>277</v>
+      </c>
+      <c r="B40" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C40" t="s">
         <v>152</v>
       </c>
       <c r="D40" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="E40" t="s">
         <v>82</v>
       </c>
       <c r="F40" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
+        <v>281</v>
+      </c>
+      <c r="P40" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>283</v>
+      </c>
+      <c r="B41" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C41" t="s">
         <v>152</v>
       </c>
       <c r="D41" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="E41" t="s">
         <v>82</v>
       </c>
       <c r="F41" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
+        <v>285</v>
+      </c>
+      <c r="P41" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>287</v>
+      </c>
+      <c r="B42" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C42" t="s">
         <v>152</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>82</v>
       </c>
       <c r="F42" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>160</v>
       </c>
       <c r="K42" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
         <v>293</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
+        <v>218</v>
+      </c>
+      <c r="D43" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E43" t="s">
         <v>82</v>
       </c>
       <c r="F43" t="s">
         <v>33</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>131</v>
       </c>
       <c r="K43" t="s">
         <v>72</v>
       </c>
       <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
         <v>296</v>
       </c>
-      <c r="M43" t="s">
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
         <v>297</v>
       </c>
-      <c r="N43" t="s">
-[...2 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
         <v>300</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>301</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>168</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44">
         <v>2021</v>
       </c>
       <c r="J44" t="s">
+        <v>303</v>
+      </c>
+      <c r="K44" t="s">
         <v>304</v>
       </c>
-      <c r="K44" t="s">
+      <c r="L44" t="s">
         <v>305</v>
       </c>
-      <c r="L44" t="s">
+      <c r="M44" t="s">
         <v>306</v>
       </c>
-      <c r="M44" t="s">
+      <c r="N44" t="s">
         <v>307</v>
       </c>
-      <c r="N44" t="s">
+      <c r="O44" t="s">
         <v>308</v>
       </c>
-      <c r="O44" t="s">
+      <c r="P44" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>310</v>
+      </c>
+      <c r="B45" t="s">
         <v>311</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>312</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
+        <v>313</v>
+      </c>
+      <c r="G45" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="H45">
         <v>2024</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>315</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>316</v>
       </c>
       <c r="M45" t="s">
         <v>317</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
         <v>318</v>
       </c>
       <c r="P45" t="s">
         <v>319</v>
@@ -4062,51 +4064,51 @@
         <v>345</v>
       </c>
       <c r="C49" t="s">
         <v>346</v>
       </c>
       <c r="D49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
         <v>82</v>
       </c>
       <c r="F49" t="s">
         <v>168</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>169</v>
       </c>
       <c r="K49" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="L49" t="s">
         <v>347</v>
       </c>
       <c r="M49" t="s">
         <v>348</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
         <v>349</v>
       </c>
       <c r="P49" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>351</v>
       </c>
       <c r="B50" t="s">
         <v>352</v>
       </c>
       <c r="C50" t="s">
@@ -4305,80 +4307,80 @@
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>33</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>169</v>
       </c>
       <c r="K54" t="s">
         <v>72</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>374</v>
       </c>
       <c r="N54" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="O54" t="s">
         <v>380</v>
       </c>
       <c r="P54" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>382</v>
       </c>
       <c r="B55" t="s">
         <v>383</v>
       </c>
       <c r="C55" t="s">
         <v>113</v>
       </c>
       <c r="D55" t="s">
         <v>384</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>204</v>
+        <v>314</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>116</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>117</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
         <v>385</v>
       </c>
       <c r="P55" t="s">
         <v>386</v>
       </c>
     </row>
@@ -4465,67 +4467,67 @@
       </c>
       <c r="M57" t="s">
         <v>395</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
         <v>396</v>
       </c>
       <c r="P57" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>398</v>
       </c>
       <c r="B58" t="s">
         <v>399</v>
       </c>
       <c r="C58" t="s">
         <v>152</v>
       </c>
       <c r="D58" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="E58" t="s">
         <v>82</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>400</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
         <v>401</v>
       </c>
       <c r="P58" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>403</v>
       </c>
       <c r="B59" t="s">
         <v>404</v>
       </c>
@@ -4679,51 +4681,51 @@
       <c r="B62" t="s">
         <v>422</v>
       </c>
       <c r="C62" t="s">
         <v>423</v>
       </c>
       <c r="D62" t="s">
         <v>424</v>
       </c>
       <c r="E62" t="s">
         <v>82</v>
       </c>
       <c r="F62" t="s">
         <v>33</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62">
         <v>2016</v>
       </c>
       <c r="J62" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="K62" t="s">
         <v>425</v>
       </c>
       <c r="L62" t="s">
         <v>426</v>
       </c>
       <c r="M62" t="s">
         <v>427</v>
       </c>
       <c r="N62" t="s">
         <v>428</v>
       </c>
       <c r="O62" t="s">
         <v>429</v>
       </c>
       <c r="P62" t="s">
         <v>430</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">