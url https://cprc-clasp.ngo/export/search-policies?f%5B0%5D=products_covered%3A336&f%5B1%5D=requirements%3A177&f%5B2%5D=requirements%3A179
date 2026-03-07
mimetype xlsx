--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,491 +12,628 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EU 65-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -760,1031 +897,1166 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>43</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...14 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G11" t="s">
+        <v>94</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>96</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>43</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>104</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>96</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>138</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>141</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>96</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...92 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G19" t="s">
         <v>48</v>
-      </c>
-[...527 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
-      <c r="I19" t="s">
-        <v>63</v>
+      <c r="I19">
+        <v>2016</v>
       </c>
       <c r="J19" t="s">
+        <v>80</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>160</v>
+      </c>
+      <c r="D20" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>161</v>
+      </c>
+      <c r="K20" t="s">
+        <v>96</v>
+      </c>
+      <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
+        <v>168</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...71 lines deleted...]
-      <c r="G21">
+      <c r="G21" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21">
         <v>2021</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L21" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>72</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>161</v>
+      </c>
+      <c r="K22" t="s">
         <v>57</v>
       </c>
-      <c r="M21" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
-        <v>133</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>