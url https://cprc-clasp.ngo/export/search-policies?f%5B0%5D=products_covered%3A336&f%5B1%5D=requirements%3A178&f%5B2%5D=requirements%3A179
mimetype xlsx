--- v0 (2025-10-14)
+++ v1 (2026-02-12)
@@ -12,480 +12,628 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -749,1171 +897,1322 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...19 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
         <v>2015</v>
       </c>
-      <c r="H3">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...19 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="G4">
-[...6 lines deleted...]
-      <c r="J4" t="s">
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...164 lines deleted...]
-        <v>2011</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I8" t="s">
-        <v>51</v>
+      <c r="I8">
+        <v>2011</v>
       </c>
       <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...28 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
         <v>34</v>
       </c>
-      <c r="G9">
-[...11 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...2 lines deleted...]
-      <c r="H10">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...34 lines deleted...]
-      <c r="F11" t="s">
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...36 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>79</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2006</v>
       </c>
-      <c r="I12" t="s">
-        <v>71</v>
+      <c r="I12">
+        <v>2006</v>
       </c>
       <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>101</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>1984</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...72 lines deleted...]
-        <v>2011</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
-      <c r="I14" t="s">
-        <v>51</v>
+      <c r="I14">
+        <v>2011</v>
       </c>
       <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>68</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...26 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>66</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G15">
-[...34 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I16" t="s">
-        <v>51</v>
+      <c r="I16">
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="K16" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>129</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>121</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>123</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>129</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>121</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>123</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>129</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>87</v>
+      </c>
+      <c r="K20" t="s">
+        <v>138</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>123</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>144</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>138</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>147</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...19 lines deleted...]
-      <c r="F17" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>154</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>160</v>
+      </c>
+      <c r="M23" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
+        <v>128</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>121</v>
+      </c>
+      <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="G17">
-[...41 lines deleted...]
-      <c r="G18">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D25" t="s">
+        <v>172</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2015</v>
       </c>
-      <c r="H18"/>
-[...158 lines deleted...]
-      <c r="G22">
+      <c r="I25">
         <v>2017</v>
       </c>
-      <c r="H22"/>
-[...128 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="K25" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="L25" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N25" t="s">
-        <v>128</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>