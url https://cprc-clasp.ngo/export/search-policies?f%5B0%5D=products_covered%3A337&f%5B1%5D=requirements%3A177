--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -12,514 +12,663 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -783,1123 +932,1268 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>91</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
-      </c>
-[...412 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I12">
+        <v>2008</v>
+      </c>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>46</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>43</v>
       </c>
-      <c r="J12" t="s">
-[...2 lines deleted...]
-      <c r="K12" t="s">
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>120</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2006</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>150</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1982</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>153</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>160</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>167</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>173</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2007</v>
+      </c>
+      <c r="J23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>143</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>72</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
         <v>52</v>
       </c>
-      <c r="L12" t="s">
-[...13 lines deleted...]
-      <c r="B13" t="s">
+      <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="C13" t="s">
-[...486 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N24" t="s">
-        <v>140</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>