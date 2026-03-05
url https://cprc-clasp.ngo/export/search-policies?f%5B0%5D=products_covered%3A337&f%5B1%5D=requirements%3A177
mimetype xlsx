--- v1 (2025-11-28)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -413,67 +413,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
@@ -558,50 +558,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
     <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
@@ -2038,126 +2041,126 @@
       </c>
       <c r="P22" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>176</v>
       </c>
       <c r="B23" t="s">
         <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>140</v>
       </c>
       <c r="D23" t="s">
         <v>178</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>72</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>179</v>
       </c>
       <c r="H23">
         <v>2002</v>
       </c>
       <c r="I23">
         <v>2007</v>
       </c>
       <c r="J23" t="s">
         <v>121</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M23" t="s">
         <v>143</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
         <v>42</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>72</v>
       </c>
       <c r="G24" t="s">
         <v>44</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
         <v>52</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">