--- v0 (2025-10-12)
+++ v1 (2026-01-20)
@@ -12,730 +12,957 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -999,1617 +1226,1836 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>65</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
         <v>2021</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>55</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>93</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>95</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>103</v>
+      </c>
+      <c r="K11" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...15 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
-[...149 lines deleted...]
-      <c r="K8" t="s">
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
         <v>62</v>
       </c>
-      <c r="L8" t="s">
-[...5 lines deleted...]
-      <c r="N8" t="s">
+      <c r="F12" t="s">
         <v>63</v>
       </c>
-    </row>
-[...148 lines deleted...]
-        <v>2015</v>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-        <v>86</v>
+      <c r="I12">
+        <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="K12" t="s">
+        <v>55</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L12" t="s">
-[...2 lines deleted...]
-      <c r="M12" t="s">
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>122</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>129</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>130</v>
+      </c>
+      <c r="G15" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>131</v>
+      </c>
+      <c r="K15" t="s">
+        <v>55</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>132</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>139</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" t="s">
+        <v>144</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>146</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>144</v>
+      </c>
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1992</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>156</v>
+      </c>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>94</v>
+      </c>
+      <c r="K20" t="s">
+        <v>55</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>94</v>
+      </c>
+      <c r="K21" t="s">
+        <v>55</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>94</v>
+      </c>
+      <c r="K22" t="s">
+        <v>55</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...38 lines deleted...]
-      <c r="M13" t="s">
+      <c r="L23" t="s">
+        <v>176</v>
+      </c>
+      <c r="M23" t="s">
+        <v>177</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>182</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>103</v>
+      </c>
+      <c r="K24" t="s">
+        <v>183</v>
+      </c>
+      <c r="L24" t="s">
+        <v>184</v>
+      </c>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>186</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>191</v>
+      </c>
+      <c r="D25" t="s">
+        <v>129</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>192</v>
+      </c>
+      <c r="G25" t="s">
+        <v>193</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>194</v>
+      </c>
+      <c r="K25" t="s">
+        <v>55</v>
+      </c>
+      <c r="L25" t="s">
+        <v>195</v>
+      </c>
+      <c r="M25" t="s">
+        <v>196</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>197</v>
+      </c>
+      <c r="P25" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>199</v>
+      </c>
+      <c r="B26" t="s">
+        <v>200</v>
+      </c>
+      <c r="C26" t="s">
+        <v>201</v>
+      </c>
+      <c r="D26" t="s">
+        <v>202</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
         <v>34</v>
       </c>
-      <c r="N13" t="s">
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>203</v>
+      </c>
+      <c r="K26" t="s">
+        <v>55</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>204</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>205</v>
+      </c>
+      <c r="P26" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>207</v>
+      </c>
+      <c r="B27" t="s">
+        <v>208</v>
+      </c>
+      <c r="C27" t="s">
+        <v>209</v>
+      </c>
+      <c r="D27" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>93</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2018</v>
+      </c>
+      <c r="J27" t="s">
+        <v>210</v>
+      </c>
+      <c r="K27" t="s">
+        <v>55</v>
+      </c>
+      <c r="L27" t="s">
+        <v>211</v>
+      </c>
+      <c r="M27" t="s">
+        <v>212</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>213</v>
+      </c>
+      <c r="P27" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>215</v>
+      </c>
+      <c r="B28" t="s">
+        <v>216</v>
+      </c>
+      <c r="C28" t="s">
+        <v>217</v>
+      </c>
+      <c r="D28" t="s">
+        <v>218</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>94</v>
       </c>
-      <c r="B14" t="s">
+      <c r="K28" t="s">
+        <v>55</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>219</v>
+      </c>
+      <c r="N28" t="s">
         <v>27</v>
       </c>
-      <c r="C14" t="s">
-[...11 lines deleted...]
-      <c r="G14">
+      <c r="O28" t="s">
+        <v>220</v>
+      </c>
+      <c r="P28" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>222</v>
+      </c>
+      <c r="B29" t="s">
+        <v>223</v>
+      </c>
+      <c r="C29" t="s">
+        <v>217</v>
+      </c>
+      <c r="D29" t="s">
+        <v>224</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>94</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>219</v>
+      </c>
+      <c r="N29" t="s">
+        <v>186</v>
+      </c>
+      <c r="O29" t="s">
+        <v>225</v>
+      </c>
+      <c r="P29" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>227</v>
+      </c>
+      <c r="B30" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2011</v>
       </c>
-      <c r="H14">
-[...377 lines deleted...]
-      <c r="J23" t="s">
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>230</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>231</v>
+      </c>
+      <c r="M30" t="s">
+        <v>232</v>
+      </c>
+      <c r="N30" t="s">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
+        <v>233</v>
+      </c>
+      <c r="P30" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>235</v>
+      </c>
+      <c r="B31" t="s">
+        <v>236</v>
+      </c>
+      <c r="C31" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" t="s">
+        <v>45</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...34 lines deleted...]
-      <c r="H24">
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
         <v>2021</v>
       </c>
-      <c r="I24" t="s">
-[...293 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
         <v>46</v>
       </c>
-      <c r="K31"/>
+      <c r="K31" t="s">
+        <v>55</v>
+      </c>
       <c r="L31"/>
-      <c r="M31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M31"/>
       <c r="N31" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>237</v>
+      </c>
+      <c r="P31" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>239</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>240</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>241</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E32" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>93</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>46</v>
+        <v>243</v>
       </c>
       <c r="K32" t="s">
-        <v>184</v>
+        <v>55</v>
       </c>
       <c r="L32" t="s">
-        <v>185</v>
+        <v>244</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="N32" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>246</v>
+      </c>
+      <c r="P32" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>187</v>
+        <v>248</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>249</v>
       </c>
       <c r="C33" t="s">
-        <v>188</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>51</v>
+        <v>250</v>
       </c>
       <c r="E33" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>63</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
         <v>2017</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
+        <v>67</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>251</v>
+      </c>
+      <c r="P33" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>253</v>
+      </c>
+      <c r="B34" t="s">
+        <v>254</v>
+      </c>
+      <c r="C34" t="s">
+        <v>255</v>
+      </c>
+      <c r="D34" t="s">
+        <v>256</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
         <v>34</v>
       </c>
-      <c r="N33" t="s">
-[...22 lines deleted...]
-      <c r="G34">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2015</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2016</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="K34" t="s">
-        <v>193</v>
+        <v>37</v>
       </c>
       <c r="L34" t="s">
-        <v>194</v>
+        <v>257</v>
       </c>
       <c r="M34" t="s">
-        <v>34</v>
+        <v>258</v>
       </c>
       <c r="N34" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
+        <v>259</v>
+      </c>
+      <c r="P34" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>261</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="C35" t="s">
-        <v>197</v>
+        <v>137</v>
       </c>
       <c r="D35" t="s">
-        <v>51</v>
+        <v>263</v>
       </c>
       <c r="E35" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>63</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2011</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2017</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>34</v>
+        <v>264</v>
       </c>
       <c r="N35" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
+        <v>265</v>
+      </c>
+      <c r="P35" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>267</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>268</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>201</v>
+        <v>62</v>
       </c>
       <c r="F36" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>269</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
         <v>2007</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="K36" t="s">
-        <v>202</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>203</v>
+        <v>270</v>
       </c>
       <c r="M36" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
       <c r="N36" t="s">
-        <v>204</v>
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
+        <v>272</v>
+      </c>
+      <c r="P36" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>