--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -480,50 +480,53 @@
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -1977,516 +1980,516 @@
       <c r="O19" t="s">
         <v>148</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>149</v>
       </c>
       <c r="B20" t="s">
         <v>150</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="H20">
         <v>1997</v>
       </c>
       <c r="I20">
         <v>2005</v>
       </c>
       <c r="J20" t="s">
         <v>58</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2004</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N21" t="s">
         <v>40</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>56</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>36</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>58</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
         <v>74</v>
       </c>
       <c r="D23" t="s">
         <v>75</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>84</v>
       </c>
       <c r="G23" t="s">
         <v>36</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M23" t="s">
         <v>77</v>
       </c>
       <c r="N23" t="s">
         <v>40</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D24" t="s">
         <v>75</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>106</v>
       </c>
       <c r="G24" t="s">
         <v>36</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N24" t="s">
         <v>40</v>
       </c>
       <c r="O24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>84</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
         <v>76</v>
       </c>
       <c r="K25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B26" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>106</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
         <v>2018</v>
       </c>
       <c r="J26" t="s">
         <v>107</v>
       </c>
       <c r="K26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N26" t="s">
         <v>40</v>
       </c>
       <c r="O26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>35</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1999</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
         <v>40</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
         <v>55</v>
       </c>
       <c r="D28" t="s">
         <v>56</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>35</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2012</v>
       </c>
       <c r="J28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N28" t="s">
         <v>40</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>106</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2016</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N29" t="s">
         <v>40</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">