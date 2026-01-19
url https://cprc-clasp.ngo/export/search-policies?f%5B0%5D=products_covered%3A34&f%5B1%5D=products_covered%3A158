--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -12,390 +12,496 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -659,789 +765,886 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7">
         <v>2010</v>
       </c>
-      <c r="H3">
-[...18 lines deleted...]
-        <v>34</v>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...23 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E9" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
-[...24 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F9" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...151 lines deleted...]
-        <v>2016</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
-        <v>59</v>
+      <c r="I9">
+        <v>2016</v>
       </c>
       <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...5 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="N9" t="s">
-        <v>62</v>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13">
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>46</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
         <v>38</v>
       </c>
-      <c r="F10" t="s">
-[...18 lines deleted...]
-      <c r="M10" t="s">
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>117</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="N10" t="s">
-[...22 lines deleted...]
-      <c r="G11">
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2008</v>
       </c>
-      <c r="H11">
-[...23 lines deleted...]
-      <c r="B12" t="s">
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="C12" t="s">
-[...203 lines deleted...]
-        <v>99</v>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>