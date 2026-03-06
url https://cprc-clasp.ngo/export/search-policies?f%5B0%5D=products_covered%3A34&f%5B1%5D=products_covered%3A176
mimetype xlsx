--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,392 +12,521 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -661,901 +790,1012 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...6 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...319 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
         <v>41</v>
       </c>
-      <c r="J10" t="s">
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...9 lines deleted...]
-        <v>61</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...6 lines deleted...]
-      <c r="C11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>103</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>106</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...12 lines deleted...]
-      <c r="I11" t="s">
+      <c r="G16" t="s">
         <v>41</v>
       </c>
-      <c r="J11" t="s">
-[...12 lines deleted...]
-        <v>64</v>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...6 lines deleted...]
-      <c r="C12" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>101</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>106</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18"/>
     </row>
-    <row r="13" spans="1:14">
-[...63 lines deleted...]
-      <c r="H14">
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>128</v>
+      </c>
+      <c r="D19" t="s">
+        <v>129</v>
+      </c>
+      <c r="E19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
         <v>2021</v>
       </c>
-      <c r="I14" t="s">
-[...69 lines deleted...]
-      <c r="E16" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>132</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="F16" t="s">
-[...145 lines deleted...]
-      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>