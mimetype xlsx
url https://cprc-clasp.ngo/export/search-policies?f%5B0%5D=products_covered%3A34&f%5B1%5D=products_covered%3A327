--- v0 (2025-11-28)
+++ v1 (2026-03-07)
@@ -1856,54 +1856,54 @@
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>142</v>
       </c>
       <c r="B20" t="s">
         <v>143</v>
       </c>
       <c r="C20" t="s">
         <v>144</v>
       </c>
       <c r="D20" t="s">
         <v>145</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
-      <c r="H20">
+      <c r="H20"/>
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
         <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>147</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
         <v>148</v>
       </c>
       <c r="P20" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>150</v>
       </c>
       <c r="B21" t="s">